--- v0 (2025-10-30)
+++ v1 (2026-01-13)
@@ -771,67 +771,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie wykładu
 sprawdzenie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W08 , B2_W10 , B2_W11 , B2_W06 , B2_W07 </w:t>
+        <w:t xml:space="preserve">B2_W11 , B2_W06 , B2_W07 , B2_W08 , B2_W10 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WG, III.P7S_WK.o, I.P7S_WK, II.T.P7S_WK</w:t>
+        <w:t xml:space="preserve">II.T.P7S_WK, III.P7S_WK.o, I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">cel i zadania rekultywacji terenów zdegradowanych oraz zasady ustalania kierunków rekultywacji i zagospodarowania porekultywacyjnego </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -993,67 +993,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Raport z badań laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U02 , B2_U04 , B2_U05 , B2_U07, B2_U10 , B2_U13 , B2_U14 , B2_U01 </w:t>
+        <w:t xml:space="preserve">B2_U04 , B2_U05 , B2_U07, B2_U10 , B2_U13 , B2_U14 , B2_U01 , B2_U02 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.1, III.P7S_UW.1.o, I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">określić stan degradacji gleby oraz posiada umiejętność interpretacji badań własnych na tle innych podobnych badań i zjawisk związanych z istotnymi procesami zachodzącymi w glebie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1063,67 +1063,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Raport z badań laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U03 , B2_U04 , B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U01 , B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U02 </w:t>
+        <w:t xml:space="preserve">B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U01 , B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U02 , B2_U03 , B2_U04 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, III.P7S_UW.1.o, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">korzystać ze źródeł literaturowych i zasobów internetowych dotyczących opracowania projektu z realizowanego zagadnienia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1133,67 +1133,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzenie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U03 , B2_U06 , B2_U07, B2_U08, B2_U09 , B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U02 </w:t>
+        <w:t xml:space="preserve">B2_U07, B2_U08, B2_U09 , B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U02 , B2_U03 , B2_U06 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO, I.P7S_UU, II.T.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO, I.P7S_UU, II.T.P7S_UW.1, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wdrożyć elementy rekultywacji technicznej i biologicznej na składowisku, wyrobisku lub innym zdegradowanym terenie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1203,67 +1203,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzenie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U02 , B2_U03 , B2_U04 , B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U01 , B2_U09 , B2_U10 , B2_U11 , B2_U13 , B2_U14 </w:t>
+        <w:t xml:space="preserve">B2_U04 , B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U01 , B2_U09 , B2_U10 , B2_U02 , B2_U11 , B2_U13 , B2_U14 , B2_U03 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, III.P7S_UW.1.o, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
@@ -1283,51 +1283,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzenie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_K02 , B2_K06 , B2_K01 </w:t>
+        <w:t xml:space="preserve">B2_K01 , B2_K02 , B2_K06 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_KK, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>