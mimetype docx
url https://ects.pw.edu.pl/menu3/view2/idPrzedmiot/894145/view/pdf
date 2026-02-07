--- v1 (2026-01-13)
+++ v2 (2026-02-07)
@@ -771,67 +771,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie wykładu
 sprawdzenie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W11 , B2_W06 , B2_W07 , B2_W08 , B2_W10 </w:t>
+        <w:t xml:space="preserve">B2_W07 , B2_W08 , B2_W10 , B2_W11 , B2_W06 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_WK, III.P7S_WK.o, I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG, II.T.P7S_WG, III.P7S_WK.o, I.P7S_WK, II.T.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">cel i zadania rekultywacji terenów zdegradowanych oraz zasady ustalania kierunków rekultywacji i zagospodarowania porekultywacyjnego </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -993,67 +993,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Raport z badań laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U04 , B2_U05 , B2_U07, B2_U10 , B2_U13 , B2_U14 , B2_U01 , B2_U02 </w:t>
+        <w:t xml:space="preserve">B2_U01 , B2_U02 , B2_U04 , B2_U05 , B2_U07, B2_U10 , B2_U13 , B2_U14 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.1, III.P7S_UW.1.o, I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">określić stan degradacji gleby oraz posiada umiejętność interpretacji badań własnych na tle innych podobnych badań i zjawisk związanych z istotnymi procesami zachodzącymi w glebie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1063,67 +1063,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Raport z badań laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U01 , B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U02 , B2_U03 , B2_U04 </w:t>
+        <w:t xml:space="preserve">B2_U03 , B2_U04 , B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U01 , B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U02 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, III.P7S_UW.1.o, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">korzystać ze źródeł literaturowych i zasobów internetowych dotyczących opracowania projektu z realizowanego zagadnienia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1133,67 +1133,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzenie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U07, B2_U08, B2_U09 , B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U02 , B2_U03 , B2_U06 </w:t>
+        <w:t xml:space="preserve">B2_U03 , B2_U06 , B2_U07, B2_U08, B2_U09 , B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U02 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO, I.P7S_UU, II.T.P7S_UW.1, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wdrożyć elementy rekultywacji technicznej i biologicznej na składowisku, wyrobisku lub innym zdegradowanym terenie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1203,67 +1203,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzenie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U04 , B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U01 , B2_U09 , B2_U10 , B2_U02 , B2_U11 , B2_U13 , B2_U14 , B2_U03 </w:t>
+        <w:t xml:space="preserve">B2_U02 , B2_U14 , B2_U03 , B2_U04 , B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U01 , B2_U09 , B2_U10 , B2_U11 , B2_U13 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, III.P7S_UW.1.o, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, I.P7S_UU, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>