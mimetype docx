--- v2 (2026-02-07)
+++ v3 (2026-03-22)
@@ -771,67 +771,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie wykładu
 sprawdzenie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W07 , B2_W08 , B2_W10 , B2_W11 , B2_W06 </w:t>
+        <w:t xml:space="preserve">B2_W11 , B2_W06 , B2_W07 , B2_W08 , B2_W10 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG, II.T.P7S_WG, III.P7S_WK.o, I.P7S_WK, II.T.P7S_WK</w:t>
+        <w:t xml:space="preserve">III.P7S_WK.o, I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, I.P7S_WK, II.T.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">cel i zadania rekultywacji terenów zdegradowanych oraz zasady ustalania kierunków rekultywacji i zagospodarowania porekultywacyjnego </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -993,67 +993,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Raport z badań laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U01 , B2_U02 , B2_U04 , B2_U05 , B2_U07, B2_U10 , B2_U13 , B2_U14 </w:t>
+        <w:t xml:space="preserve">B2_U04 , B2_U05 , B2_U01 , B2_U07, B2_U10 , B2_U13 , B2_U02 , B2_U14 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.1.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.2.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">określić stan degradacji gleby oraz posiada umiejętność interpretacji badań własnych na tle innych podobnych badań i zjawisk związanych z istotnymi procesami zachodzącymi w glebie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1063,51 +1063,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Raport z badań laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U03 , B2_U04 , B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U01 , B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U02 </w:t>
+        <w:t xml:space="preserve">B2_U02 , B2_U03 , B2_U04 , B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U01 , B2_U10 , B2_U11 , B2_U13 , B2_U14 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1133,51 +1133,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzenie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U03 , B2_U06 , B2_U07, B2_U08, B2_U09 , B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U02 </w:t>
+        <w:t xml:space="preserve">B2_U02 , B2_U03 , B2_U06 , B2_U07, B2_U08, B2_U09 , B2_U10 , B2_U11 , B2_U13 , B2_U14 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1203,67 +1203,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzenie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U02 , B2_U14 , B2_U03 , B2_U04 , B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U01 , B2_U09 , B2_U10 , B2_U11 , B2_U13 </w:t>
+        <w:t xml:space="preserve">B2_U09 , B2_U01 , B2_U10 , B2_U02 , B2_U11 , B2_U13 , B2_U14 , B2_U03 , B2_U04 , B2_U05 , B2_U06 , B2_U07, B2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.2, I.P7S_UU, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.4, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.4.o, III.P7S_UW.2.o, I.P7S_UK, I.P7S_UW, I.P7S_UO, II.T.P7S_UW.1, I.P7S_UU, II.T.P7S_UW.3, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>