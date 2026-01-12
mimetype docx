--- v0 (2025-10-31)
+++ v1 (2026-01-12)
@@ -897,67 +897,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W10 , B2_W07 </w:t>
+        <w:t xml:space="preserve">B2_W07 , B2_W10 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WK.o, III.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WG, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -977,67 +977,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzenie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U02 , B2_U03 , B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U09 , B2_U01 , B2_U10 , B2_U11 , B2_U13 , B2_U14 </w:t>
+        <w:t xml:space="preserve">B2_U01 , B2_U13 , B2_U14 , B2_U02 , B2_U03 , B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U09 , B2_U10 , B2_U11 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.1.o, I.P7S_UO, III.P7S_UW.2.o, I.P7S_UU, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zidentyfikować potencjalne źródła uciążliwości zapachowej w procesach technologicznych wybranych instalacji	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1117,67 +1117,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzenie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U06 , B2_U08, B2_U09 , B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U02 , B2_U03 , B2_U05 </w:t>
+        <w:t xml:space="preserve">B2_U05 , B2_U06 , B2_U08, B2_U09 , B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U02 , B2_U03 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO, I.P7S_UU, II.T.P7S_UW.1, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO, I.P7S_UU, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>