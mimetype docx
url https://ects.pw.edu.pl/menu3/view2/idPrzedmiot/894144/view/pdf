--- v1 (2026-01-12)
+++ v2 (2026-02-28)
@@ -773,71 +773,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_W07 , B2_W10 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WG, III.P7S_WK.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">społeczne konsekwencje rozwoju inżynierii środowiska i biogospodarki</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie wykładu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">B2_W07 , B2_W10 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">społeczne konsekwencje rozwoju inżynierii środowiska i biogospodarki</w:t>
+        <w:t xml:space="preserve">kwestie związane z rosnącą świadomością społeczną oraz z problematyką uciążliwości zapachowej instalacji oddziałujących na okoliczne siedliska ludzkie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -848,336 +918,266 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_W07 , B2_W10 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kwestie związane z rosnącą świadomością społeczną oraz z problematyką uciążliwości zapachowej instalacji oddziałujących na okoliczne siedliska ludzkie.</w:t>
+        <w:t xml:space="preserve">zaplanować badania olfaktometryczne wybranej instalacji związanej z biogospodarką.	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie wykładu</w:t>
+        <w:t xml:space="preserve">Sprawdzenie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W07 , B2_W10 </w:t>
+        <w:t xml:space="preserve">B2_U06 , B2_U07, B2_U08, B2_U09 , B2_U01 , B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U02 , B2_U03 , B2_U05 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WG, III.P7S_WK.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.2, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, II.T.P7S_UW.1, I.P7S_UK, III.P7S_UW.1.o, I.P7S_UO, I.P7S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zaplanować badania olfaktometryczne wybranej instalacji związanej z biogospodarką.	</w:t>
+        <w:t xml:space="preserve">zidentyfikować potencjalne źródła uciążliwości zapachowej w procesach technologicznych wybranych instalacji	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzenie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U01 , B2_U13 , B2_U14 , B2_U02 , B2_U03 , B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U09 , B2_U10 , B2_U11 </w:t>
+        <w:t xml:space="preserve">B2_U07, B2_U02 , B2_U03 , B2_U06 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.1.o, I.P7S_UO, III.P7S_UW.2.o, I.P7S_UU, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, III.P7S_UW.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zidentyfikować potencjalne źródła uciążliwości zapachowej w procesach technologicznych wybranych instalacji	</w:t>
+        <w:t xml:space="preserve">zaproponować rozwiązania przeciwdziałania uciążliwości zapachowej wybranej instalacji	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzenie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U02 , B2_U03 , B2_U06 , B2_U07</w:t>
+        <w:t xml:space="preserve">B2_U02 , B2_U03 , B2_U05 , B2_U06 , B2_U08, B2_U09 , B2_U10 , B2_U11 , B2_U13 , B2_U14 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO, I.P7S_UU, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>