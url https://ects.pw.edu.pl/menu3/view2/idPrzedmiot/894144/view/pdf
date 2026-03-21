--- v2 (2026-02-28)
+++ v3 (2026-03-21)
@@ -773,51 +773,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_W07 , B2_W10 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WG, III.P7S_WK.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">społeczne konsekwencje rozwoju inżynierii środowiska i biogospodarki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -977,67 +977,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzenie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U06 , B2_U07, B2_U08, B2_U09 , B2_U01 , B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U02 , B2_U03 , B2_U05 </w:t>
+        <w:t xml:space="preserve">B2_U03 , B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U09 , B2_U01 , B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U02 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.2, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, II.T.P7S_UW.1, I.P7S_UK, III.P7S_UW.1.o, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zidentyfikować potencjalne źródła uciążliwości zapachowej w procesach technologicznych wybranych instalacji	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1047,67 +1047,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzenie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U07, B2_U02 , B2_U03 , B2_U06 </w:t>
+        <w:t xml:space="preserve">B2_U03 , B2_U06 , B2_U07, B2_U02 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.2, II.T.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaproponować rozwiązania przeciwdziałania uciążliwości zapachowej wybranej instalacji	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1117,67 +1117,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzenie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U02 , B2_U03 , B2_U05 , B2_U06 , B2_U08, B2_U09 , B2_U10 , B2_U11 , B2_U13 , B2_U14 </w:t>
+        <w:t xml:space="preserve">B2_U09 , B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U02 , B2_U03 , B2_U05 , B2_U06 , B2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO, I.P7S_UU, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>