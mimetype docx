--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -737,67 +737,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W07 , B2_W10 , B2_W11 </w:t>
+        <w:t xml:space="preserve">B2_W10 , B2_W11 , B2_W07 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, III.P7S_WK.o, I.P7S_WK, II.T.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WK.o, I.P7S_WK, II.T.P7S_WK, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada podbudowaną teoretycznie szczegółową wiedzę o sanitarno-epidemiologicznych aspektach kontaktu z biomasą odpadową</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -807,67 +807,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W10 , B2_W07 </w:t>
+        <w:t xml:space="preserve">B2_W07 , B2_W10 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WK.o, I.P7S_WG, III.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę o niszczeniu materiałów technicznych na drodze mikrobiologicznej, w tym korozji mikrobiologicznej metali i ich stopów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -957,67 +957,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przygotowanie prezentacji, dyskusja podczas zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U10 , B2_U14 , B2_U01 , B2_U02 , B2_U03 , B2_U05 , B2_U06 </w:t>
+        <w:t xml:space="preserve">B2_U03 , B2_U05 , B2_U06 , B2_U10 , B2_U14 , B2_U01 , B2_U02 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UU, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać krytycznej oceny rozwiązań technologicznych stosowanych w biogospodarce pod kątem występowania zagrożeń o charakterze biologicznym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1097,67 +1097,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przygotowanie ustnej prezentacji . Dyskusja podczas zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U02 , B2_U05 , B2_U10 , B2_U11 , B2_U13 </w:t>
+        <w:t xml:space="preserve">B2_U10 , B2_U11 , B2_U13 , B2_U02 , B2_U05 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UK, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UO, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>