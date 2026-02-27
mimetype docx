--- v1 (2026-02-06)
+++ v2 (2026-02-27)
@@ -737,67 +737,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W10 , B2_W11 , B2_W07 </w:t>
+        <w:t xml:space="preserve">B2_W07 , B2_W10 , B2_W11 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WK.o, I.P7S_WK, II.T.P7S_WK, III.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, III.P7S_WK.o, I.P7S_WK, II.T.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada podbudowaną teoretycznie szczegółową wiedzę o sanitarno-epidemiologicznych aspektach kontaktu z biomasą odpadową</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -877,67 +877,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W07 , B2_W10 </w:t>
+        <w:t xml:space="preserve">B2_W10 , B2_W07 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, III.P7S_WK.o</w:t>
+        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WK.o, I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -957,51 +957,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przygotowanie prezentacji, dyskusja podczas zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U03 , B2_U05 , B2_U06 , B2_U10 , B2_U14 , B2_U01 , B2_U02 </w:t>
+        <w:t xml:space="preserve">B2_U01 , B2_U02 , B2_U03 , B2_U05 , B2_U06 , B2_U10 , B2_U14 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1027,67 +1027,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja podczas zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U06 , B2_U07, B2_U08</w:t>
+        <w:t xml:space="preserve">B2_U07, B2_U08, B2_U06 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.3, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przygotować i przedstawić prezentację ustną dotyczącą szczegółowych problemów związanych z zagrożeniami biologicznymi w biogospodarce, potrafi uzasadnić prezentowane opinie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1097,67 +1097,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przygotowanie ustnej prezentacji . Dyskusja podczas zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U10 , B2_U11 , B2_U13 , B2_U02 , B2_U05 </w:t>
+        <w:t xml:space="preserve">B2_U02 , B2_U05 , B2_U10 , B2_U11 , B2_U13 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UO, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UK, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>