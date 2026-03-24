--- v2 (2026-02-27)
+++ v3 (2026-03-24)
@@ -823,475 +823,475 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_W07 , B2_W10 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG, II.T.P7S_WG, III.P7S_WK.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę o niszczeniu materiałów technicznych na drodze mikrobiologicznej, w tym korozji mikrobiologicznej metali i ich stopów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">B2_W07 , B2_W10 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę o niszczeniu materiałów technicznych na drodze mikrobiologicznej, w tym korozji mikrobiologicznej metali i ich stopów</w:t>
+        <w:t xml:space="preserve">Potrafi pozyskiwać i interpretować dane literaturowe oraz z innych źródeł (m.in. baz danych), w tym w języku angielskim, oraz formułować na ich podstawie wnioski na temat wpływu na biogospodarkę zagrożeń biologicznych związanych z wykorzystaniem, przeróbką i przechowywaniem biomasy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Test pisemny</w:t>
+        <w:t xml:space="preserve">Przygotowanie prezentacji, dyskusja podczas zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W10 , B2_W07 </w:t>
+        <w:t xml:space="preserve">B2_U06 , B2_U10 , B2_U14 , B2_U01 , B2_U02 , B2_U03 , B2_U05 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WK.o, I.P7S_WG, III.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o, I.P7S_UK, I.P7S_UU, I.P7S_UW, II.T.P7S_UW.1, III.P7S_UW.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dokonać krytycznej oceny rozwiązań technologicznych stosowanych w biogospodarce pod kątem występowania zagrożeń o charakterze biologicznym</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dyskusja podczas zajęć</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">B2_U06 , B2_U07, B2_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przygotować i przedstawić prezentację ustną dotyczącą szczegółowych problemów związanych z zagrożeniami biologicznymi w biogospodarce, potrafi uzasadnić prezentowane opinie</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Przygotowanie ustnej prezentacji . Dyskusja podczas zajęć</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">B2_U02 , B2_U05 , B2_U10 , B2_U11 , B2_U13 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UK, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi pozyskiwać i interpretować dane literaturowe oraz z innych źródeł (m.in. baz danych), w tym w języku angielskim, oraz formułować na ich podstawie wnioski na temat wpływu na biogospodarkę zagrożeń biologicznych związanych z wykorzystaniem, przeróbką i przechowywaniem biomasy</w:t>
+        <w:t xml:space="preserve">Rozumie potrzebę ciągłego dokształcania się i podnoszenia kompetencji zawodowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Przygotowanie prezentacji, dyskusja podczas zajęć</w:t>
+        <w:t xml:space="preserve">Dyskusja podczas zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U01 , B2_U02 , B2_U03 , B2_U05 , B2_U06 , B2_U10 , B2_U14 </w:t>
+        <w:t xml:space="preserve">B2_K02 , B2_K06 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UK, I.P7S_UU</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi dokonać krytycznej oceny rozwiązań technologicznych stosowanych w biogospodarce pod kątem występowania zagrożeń o charakterze biologicznym</w:t>
+        <w:t xml:space="preserve">Ma świadomość wagi pozatechnicznych aspektów i skutków działalności inżynierskiej, w tym jej wpływu na środowisko i związanej z tym odpowiedzialności za podejmowane decyzje</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja podczas zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U07, B2_U08, B2_U06 </w:t>
-[...219 lines deleted...]
-        <w:t xml:space="preserve">B2_K01 , B2_K02 , B2_K06 </w:t>
+        <w:t xml:space="preserve">B2_K02 , B2_K06 , B2_K01 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_KK, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>