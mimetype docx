--- v0 (2025-11-02)
+++ v1 (2026-01-13)
@@ -758,67 +758,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W11 , B2_W06 , B2_W07 , B2_W08 , B2_W10 </w:t>
+        <w:t xml:space="preserve">B2_W10 , B2_W11 , B2_W06 , B2_W07 , B2_W08 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_WK, III.P7S_WK.o, I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WK.o, I.P7S_WK, II.T.P7S_WK, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada specjalistyczną wiedzę dotyczącą wykorzystywania właściwych operacji jednostkowych oraz urządzeń w procesach przetwarzania biomasy oraz w gospodarce biomasą odpadową, bioproduktami i biomateriałami.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -898,67 +898,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium (z wykładów) i obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W10 , B2_W11 , B2_W06 , B2_W07 , B2_W08 </w:t>
+        <w:t xml:space="preserve">B2_W08 , B2_W10 , B2_W11 , B2_W06 , B2_W07 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WK.o, I.P7S_WK, II.T.P7S_WK, I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WG, III.P7S_WK.o, I.P7S_WK, II.T.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -978,67 +978,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium z wykładów, obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U08, B2_U09 , B2_U01 , B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U02 , B2_U03 , B2_U05 , B2_U06 , B2_U07</w:t>
+        <w:t xml:space="preserve">B2_U07, B2_U08, B2_U09 , B2_U01 , B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U02 , B2_U03 , B2_U05 , B2_U06 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UW, II.T.P7S_UW.4, III.P7S_UW.4.o, II.T.P7S_UW.1, I.P7S_UK, II.T.P7S_UW.2, III.P7S_UW.1.o, I.P7S_UO, III.P7S_UW.2.o, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, II.T.P7S_UW.1, I.P7S_UK, III.P7S_UW.1.o, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętności potrzebne dla realizacji zadań typowych dla biogospodarki związanych z bioproduktami i biomateriałami oraz szeroko pojętą biomasą, dobierając w tym celu właściwe urządzenia oraz odpowiednie operacje jednostkowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1048,67 +1048,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U06 , B2_U07, B2_U08, B2_U09 , B2_U01 , B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U02 , B2_U03 , B2_U05 </w:t>
+        <w:t xml:space="preserve">B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U09 , B2_U01 , B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U02 , B2_U03 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.2, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, II.T.P7S_UW.1, I.P7S_UK, I.P7S_UO, III.P7S_UW.1.o, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, III.P7S_UW.1.o, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętność samodzielnego rozwiązywania problemów związanych z funkcjonowaniem, doborem oraz projektowaniem w/w urządzeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1134,51 +1134,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_U03 , B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U09 , B2_U01 , B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U02 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, III.P7S_UW.1.o, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
@@ -1268,67 +1268,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_K01 , B2_K02 , B2_K06 </w:t>
+        <w:t xml:space="preserve">B2_K06 , B2_K01 , B2_K02 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KR</w:t>
+        <w:t xml:space="preserve">I.P7S_KR, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">