--- v1 (2026-01-13)
+++ v2 (2026-01-13)
@@ -758,67 +758,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W10 , B2_W11 , B2_W06 , B2_W07 , B2_W08 </w:t>
+        <w:t xml:space="preserve">B2_W11 , B2_W06 , B2_W07 , B2_W08 , B2_W10 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WK.o, I.P7S_WK, II.T.P7S_WK, III.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P7S_WK.o, I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, I.P7S_WK, II.T.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada specjalistyczną wiedzę dotyczącą wykorzystywania właściwych operacji jednostkowych oraz urządzeń w procesach przetwarzania biomasy oraz w gospodarce biomasą odpadową, bioproduktami i biomateriałami.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -898,67 +898,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium (z wykładów) i obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W08 , B2_W10 , B2_W11 , B2_W06 , B2_W07 </w:t>
+        <w:t xml:space="preserve">B2_W11 , B2_W06 , B2_W07 , B2_W08 , B2_W10 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_WG, III.P7S_WG.o, I.P7S_WG, III.P7S_WK.o, I.P7S_WK, II.T.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o, I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -978,357 +978,357 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium z wykładów, obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">B2_U08, B2_U09 , B2_U01 , B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U02 , B2_U03 , B2_U05 , B2_U06 , B2_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_UW.3.o, I.P7S_UW, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, I.P7S_UO, III.P7S_UW.2.o, I.P7S_UU, II.T.P7S_UW.3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętności potrzebne dla realizacji zadań typowych dla biogospodarki związanych z bioproduktami i biomateriałami oraz szeroko pojętą biomasą, dobierając w tym celu właściwe urządzenia oraz odpowiednie operacje jednostkowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, obrona projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">B2_U07, B2_U08, B2_U09 , B2_U01 , B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U02 , B2_U03 , B2_U05 , B2_U06 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, II.T.P7S_UW.1, I.P7S_UK, III.P7S_UW.1.o, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada umiejętności potrzebne dla realizacji zadań typowych dla biogospodarki związanych z bioproduktami i biomateriałami oraz szeroko pojętą biomasą, dobierając w tym celu właściwe urządzenia oraz odpowiednie operacje jednostkowe.</w:t>
+        <w:t xml:space="preserve">Posiada umiejętność samodzielnego rozwiązywania problemów związanych z funkcjonowaniem, doborem oraz projektowaniem w/w urządzeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U09 , B2_U01 , B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U02 , B2_U03 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, III.P7S_UW.1.o, I.P7S_UO, I.P7S_UU</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO, III.P7S_UW.1.o, I.P7S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada umiejętność samodzielnego rozwiązywania problemów związanych z funkcjonowaniem, doborem oraz projektowaniem w/w urządzeń.</w:t>
+        <w:t xml:space="preserve">Rozumie potrzebę ciągłego dokształcania się i podnoszenia kompetencji zawodowych i osobistych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U03 , B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U09 , B2_U01 , B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U02 </w:t>
+        <w:t xml:space="preserve">B2_K01 , B2_K02 , B2_K06 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
+        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozumie potrzebę ciągłego dokształcania się i podnoszenia kompetencji zawodowych i osobistych. </w:t>
+        <w:t xml:space="preserve">Ma świadomość odpowiedzialności za wspólnie realizowane zadania, związane z pracą zespołową. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_K01 , B2_K02 , B2_K06 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_KK, I.P7S_KR</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_KR, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">