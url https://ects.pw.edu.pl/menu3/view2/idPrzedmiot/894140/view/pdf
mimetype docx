--- v2 (2026-01-13)
+++ v3 (2026-02-28)
@@ -758,427 +758,427 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">B2_W06 , B2_W07 , B2_W08 , B2_W10 , B2_W11 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, III.P7S_WK.o, I.P7S_WK, II.T.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada specjalistyczną wiedzę dotyczącą wykorzystywania właściwych operacji jednostkowych oraz urządzeń w procesach przetwarzania biomasy oraz w gospodarce biomasą odpadową, bioproduktami i biomateriałami.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium z wykładów, projekt i jego obrona</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">B2_W11 , B2_W06 , B2_W07 , B2_W08 , B2_W10 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WK.o, I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, I.P7S_WK, II.T.P7S_WK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">II.T.P7S_WK, III.P7S_WK.o, I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, I.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada specjalistyczną wiedzę dotyczącą wykorzystywania właściwych operacji jednostkowych oraz urządzeń w procesach przetwarzania biomasy oraz w gospodarce biomasą odpadową, bioproduktami i biomateriałami.</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę pozwalającą na projektowanie ciągów technologicznych wyposażonymi w określone urządzenia, stosowane do realizacji określonych operacji jednostkowych - w zakresie biogospodarki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium z wykładów, projekt i jego obrona</w:t>
+        <w:t xml:space="preserve">kolokwium (z wykładów) i obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_W06 , B2_W07 , B2_W08 , B2_W10 , B2_W11 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, III.P7S_WK.o, I.P7S_WK, II.T.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę pozwalającą na projektowanie ciągów technologicznych wyposażonymi w określone urządzenia, stosowane do realizacji określonych operacji jednostkowych - w zakresie biogospodarki.</w:t>
+        <w:t xml:space="preserve">Posiada umiejętności potrzebne w dla zorganizowania prawidłowego systemu gospodarki odpadami z wykorzystaniem odpowiednich operacji jednostkowych oraz urządzeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium (z wykładów) i obrona projektu</w:t>
+        <w:t xml:space="preserve">kolokwium z wykładów, obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W11 , B2_W06 , B2_W07 , B2_W08 , B2_W10 </w:t>
+        <w:t xml:space="preserve">B2_U03 , B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U09 , B2_U01 , B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U02 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o, I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada umiejętności potrzebne w dla zorganizowania prawidłowego systemu gospodarki odpadami z wykorzystaniem odpowiednich operacji jednostkowych oraz urządzeń.</w:t>
+        <w:t xml:space="preserve">Posiada umiejętności potrzebne dla realizacji zadań typowych dla biogospodarki związanych z bioproduktami i biomateriałami oraz szeroko pojętą biomasą, dobierając w tym celu właściwe urządzenia oraz odpowiednie operacje jednostkowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium z wykładów, obrona projektu</w:t>
+        <w:t xml:space="preserve">kolokwium, obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U08, B2_U09 , B2_U01 , B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U02 , B2_U03 , B2_U05 , B2_U06 , B2_U07</w:t>
+        <w:t xml:space="preserve">B2_U02 , B2_U03 , B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U09 , B2_U01 , B2_U10 , B2_U11 , B2_U13 , B2_U14 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.3.o, I.P7S_UW, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, I.P7S_UO, III.P7S_UW.2.o, I.P7S_UU, II.T.P7S_UW.3</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada umiejętności potrzebne dla realizacji zadań typowych dla biogospodarki związanych z bioproduktami i biomateriałami oraz szeroko pojętą biomasą, dobierając w tym celu właściwe urządzenia oraz odpowiednie operacje jednostkowe.</w:t>
+        <w:t xml:space="preserve">Posiada umiejętność samodzielnego rozwiązywania problemów związanych z funkcjonowaniem, doborem oraz projektowaniem w/w urządzeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U07, B2_U08, B2_U09 , B2_U01 , B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U02 , B2_U03 , B2_U05 , B2_U06 </w:t>
+        <w:t xml:space="preserve">B2_U10 , B2_U01 , B2_U11 , B2_U13 , B2_U14 , B2_U02 , B2_U03 , B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U09 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, II.T.P7S_UW.1, I.P7S_UK, III.P7S_UW.1.o, I.P7S_UO, I.P7S_UU</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO, III.P7S_UW.1.o, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, I.P7S_UO, I.P7S_UU, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>