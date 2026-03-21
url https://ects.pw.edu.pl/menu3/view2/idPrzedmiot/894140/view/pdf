--- v3 (2026-02-28)
+++ v4 (2026-03-21)
@@ -828,357 +828,357 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium z wykładów, projekt i jego obrona</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">B2_W06 , B2_W07 , B2_W08 , B2_W10 , B2_W11 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, III.P7S_WK.o, I.P7S_WK, II.T.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę pozwalającą na projektowanie ciągów technologicznych wyposażonymi w określone urządzenia, stosowane do realizacji określonych operacji jednostkowych - w zakresie biogospodarki.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium (z wykładów) i obrona projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">B2_W11 , B2_W06 , B2_W07 , B2_W08 , B2_W10 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">II.T.P7S_WK, III.P7S_WK.o, I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę pozwalającą na projektowanie ciągów technologicznych wyposażonymi w określone urządzenia, stosowane do realizacji określonych operacji jednostkowych - w zakresie biogospodarki.</w:t>
+        <w:t xml:space="preserve">Posiada umiejętności potrzebne w dla zorganizowania prawidłowego systemu gospodarki odpadami z wykorzystaniem odpowiednich operacji jednostkowych oraz urządzeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium (z wykładów) i obrona projektu</w:t>
+        <w:t xml:space="preserve">kolokwium z wykładów, obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W06 , B2_W07 , B2_W08 , B2_W10 , B2_W11 </w:t>
+        <w:t xml:space="preserve">B2_U09 , B2_U01 , B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U02 , B2_U03 , B2_U05 , B2_U06 , B2_U07, B2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.T.P7S_WG, III.P7S_WG.o, III.P7S_WK.o, I.P7S_WK, II.T.P7S_WK</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.4, III.P7S_UW.4.o, II.T.P7S_UW.1, I.P7S_UK, II.T.P7S_UW.2, I.P7S_UO, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UU, II.T.P7S_UW.3, III.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada umiejętności potrzebne w dla zorganizowania prawidłowego systemu gospodarki odpadami z wykorzystaniem odpowiednich operacji jednostkowych oraz urządzeń.</w:t>
+        <w:t xml:space="preserve">Posiada umiejętności potrzebne dla realizacji zadań typowych dla biogospodarki związanych z bioproduktami i biomateriałami oraz szeroko pojętą biomasą, dobierając w tym celu właściwe urządzenia oraz odpowiednie operacje jednostkowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium z wykładów, obrona projektu</w:t>
+        <w:t xml:space="preserve">kolokwium, obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U03 , B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U09 , B2_U01 , B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U02 </w:t>
+        <w:t xml:space="preserve">B2_U07, B2_U08, B2_U09 , B2_U01 , B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U02 , B2_U03 , B2_U05 , B2_U06 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, II.T.P7S_UW.1, I.P7S_UK, III.P7S_UW.1.o, I.P7S_UO, I.P7S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada umiejętności potrzebne dla realizacji zadań typowych dla biogospodarki związanych z bioproduktami i biomateriałami oraz szeroko pojętą biomasą, dobierając w tym celu właściwe urządzenia oraz odpowiednie operacje jednostkowe.</w:t>
+        <w:t xml:space="preserve">Posiada umiejętność samodzielnego rozwiązywania problemów związanych z funkcjonowaniem, doborem oraz projektowaniem w/w urządzeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U02 , B2_U03 , B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U09 , B2_U01 , B2_U10 , B2_U11 , B2_U13 , B2_U14 </w:t>
+        <w:t xml:space="preserve">B2_U05 , B2_U06 , B2_U07, B2_U08, B2_U09 , B2_U01 , B2_U10 , B2_U11 , B2_U13 , B2_U14 , B2_U02 , B2_U03 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UK, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, I.P7S_UO, I.P7S_UU, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.1, I.P7S_UW, II.T.P7S_UW.2, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, III.P7S_UW.1.o, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>