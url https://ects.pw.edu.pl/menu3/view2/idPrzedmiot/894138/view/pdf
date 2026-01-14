--- v0 (2025-11-01)
+++ v1 (2026-01-14)
@@ -900,51 +900,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_W11 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o</w:t>
+        <w:t xml:space="preserve">II.T.P7S_WK, III.P7S_WK.o, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -964,67 +964,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium zaliczeniowe, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U08, B2_U09 , B2_U10 , B2_U11 , B2_U03 </w:t>
+        <w:t xml:space="preserve">B2_U03 , B2_U08, B2_U09 , B2_U10 , B2_U11 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.3, III.P7S_UW.3.o, I.P7S_UW, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, II.T.P7S_UW.3, III.P7S_UW.3.o, II.T.P7S_UW.4, III.P7S_UW.4.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Absolwent umie wskazywać obszary predysponowane do realizacji działań z zakresu małej retencji wodnej </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1104,67 +1104,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U01 , B2_U05 , B2_U06 , B2_U13 , B2_U14 </w:t>
+        <w:t xml:space="preserve">B2_U05 , B2_U06 , B2_U13 , B2_U14 , B2_U01 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.2.o, I.P7S_UO, I.P7S_UU, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>