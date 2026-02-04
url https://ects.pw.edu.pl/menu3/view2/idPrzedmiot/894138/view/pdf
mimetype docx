--- v1 (2026-01-14)
+++ v2 (2026-02-04)
@@ -900,51 +900,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_W11 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_WK, III.P7S_WK.o, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -1034,67 +1034,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U02 , B2_U07</w:t>
+        <w:t xml:space="preserve">B2_U07, B2_U02 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Absolwent potrafi zaproponować obiekty techniczne lub rozwiązania bliskie naturze w celu przeciwdziałania skutkom ekstremalnych zjawisk hydrologicznych oraz ochrony wód przed zanieczyszczeniem, a także szacować oczekiwane efekty takich rozwiązań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1104,67 +1104,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U05 , B2_U06 , B2_U13 , B2_U14 , B2_U01 </w:t>
+        <w:t xml:space="preserve">B2_U01 , B2_U05 , B2_U06 , B2_U13 , B2_U14 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.2.o, I.P7S_UO, I.P7S_UU, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>