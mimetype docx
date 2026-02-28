--- v2 (2026-02-04)
+++ v3 (2026-02-28)
@@ -1034,67 +1034,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U07, B2_U02 </w:t>
+        <w:t xml:space="preserve">B2_U02 , B2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.2, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.1, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Absolwent potrafi zaproponować obiekty techniczne lub rozwiązania bliskie naturze w celu przeciwdziałania skutkom ekstremalnych zjawisk hydrologicznych oraz ochrony wód przed zanieczyszczeniem, a także szacować oczekiwane efekty takich rozwiązań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>