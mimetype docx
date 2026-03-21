--- v3 (2026-02-28)
+++ v4 (2026-03-21)
@@ -1050,51 +1050,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_U02 , B2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.2, II.T.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Absolwent potrafi zaproponować obiekty techniczne lub rozwiązania bliskie naturze w celu przeciwdziałania skutkom ekstremalnych zjawisk hydrologicznych oraz ochrony wód przed zanieczyszczeniem, a także szacować oczekiwane efekty takich rozwiązań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>