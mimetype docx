--- v0 (2026-01-13)
+++ v1 (2026-02-05)
@@ -965,67 +965,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zadanie zaliczeniowe realizowane w trakcie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_U03 , B2_U06 , B2_U07, B2_U02 </w:t>
+        <w:t xml:space="preserve">B2_U02 , B2_U03 , B2_U06 , B2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.2, II.T.P7S_UW.1, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi przeanalizować i ocenić w sposób krytyczny istniejące rozwiązania w usługach i produktach i wskazać sposób ich modyfikacji w kierunku zgodnym z wymogami GOZ.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>