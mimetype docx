--- v1 (2026-02-05)
+++ v2 (2026-02-28)
@@ -885,67 +885,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z materiału wykładowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W09 , B2_W10 </w:t>
+        <w:t xml:space="preserve">B2_W10 , B2_W09 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WK, III.P7S_WK.o, I.P7S_WG, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">III.P7S_WK.o, I.P7S_WK, II.T.P7S_WK, I.P7S_WG, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -981,51 +981,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2_U02 , B2_U03 , B2_U06 , B2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.1, II.T.P7S_UW.2, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi przeanalizować i ocenić w sposób krytyczny istniejące rozwiązania w usługach i produktach i wskazać sposób ich modyfikacji w kierunku zgodnym z wymogami GOZ.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1325,51 +1325,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Aktywność na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_K03 , B2_K04 </w:t>
+        <w:t xml:space="preserve">B2_K04 , B2_K03 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>