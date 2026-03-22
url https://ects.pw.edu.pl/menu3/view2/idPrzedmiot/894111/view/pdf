--- v2 (2026-02-28)
+++ v3 (2026-03-22)
@@ -885,67 +885,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z materiału wykładowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_W10 , B2_W09 </w:t>
+        <w:t xml:space="preserve">B2_W09 , B2_W10 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WK.o, I.P7S_WK, II.T.P7S_WK, I.P7S_WG, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.T.P7S_WK, III.P7S_WK.o, I.P7S_WG, II.T.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -1325,51 +1325,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Aktywność na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">B2_K04 , B2_K03 </w:t>
+        <w:t xml:space="preserve">B2_K03 , B2_K04 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>