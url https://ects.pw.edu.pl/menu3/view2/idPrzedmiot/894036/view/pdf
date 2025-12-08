--- v0 (2025-11-02)
+++ v1 (2025-12-08)
@@ -848,51 +848,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę z ochrony środowiska gruntowo-wodnego w zakresie wybranych fizycznych, chemicznych i biologicznych technik i metod stosowanych w inżynierii środowiska. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>