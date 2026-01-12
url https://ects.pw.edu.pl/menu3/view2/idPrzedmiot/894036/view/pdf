--- v1 (2025-12-08)
+++ v2 (2026-01-12)
@@ -848,51 +848,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę z ochrony środowiska gruntowo-wodnego w zakresie wybranych fizycznych, chemicznych i biologicznych technik i metod stosowanych w inżynierii środowiska. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -919,51 +919,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W06, IS_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>