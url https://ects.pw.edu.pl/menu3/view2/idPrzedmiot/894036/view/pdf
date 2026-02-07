--- v2 (2026-01-12)
+++ v3 (2026-02-07)
@@ -903,51 +903,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin w formie pisemnej.
 Przeprowadzenie badań i prezentacja ich wyników.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W06, IS_W20</w:t>
+        <w:t xml:space="preserve">IS_W20, IS_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>