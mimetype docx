--- v1 (2026-01-12)
+++ v2 (2026-02-04)
@@ -823,51 +823,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P7S_WG, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada podstawową wiedzę o aktualnych kierunkach rozwoju i modernizacji systemów zaopatrzenia w wode i kanalizacji a w szczególności sieci i kanalizacyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1043,51 +1043,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>