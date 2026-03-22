--- v2 (2026-02-04)
+++ v3 (2026-03-22)
@@ -753,341 +753,341 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma szczegółową wiedzę z zakresu projektowania i budowy sieci wodociągowych i kanalizacyjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada podstawową wiedzę o aktualnych kierunkach rozwoju i modernizacji systemów zaopatrzenia w wode i kanalizacji a w szczególności sieci i kanalizacyjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma szczegółową wiedzę z zakresu projektowania i budowy sieci wodociągowych i kanalizacyjnych.</w:t>
+        <w:t xml:space="preserve">Potrafi obliczyć zapotrzebowanie na wodę i bilans ścieków oraz dobrać średnicę przewodów wodociągowych , rozwiązać wysokościowo sieć kanalizacyjną.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W12</w:t>
+        <w:t xml:space="preserve">IS_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada podstawową wiedzę o aktualnych kierunkach rozwoju i modernizacji systemów zaopatrzenia w wode i kanalizacji a w szczególności sieci i kanalizacyjnych.</w:t>
+        <w:t xml:space="preserve">Potrafi ocenić prawidłowość działania i obliczyć parametry eksploatacyjne w sieciach i obiektach wodociągowych i kanalizacyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W15</w:t>
+        <w:t xml:space="preserve">IS_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...78 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>