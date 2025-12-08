--- v0 (2025-11-03)
+++ v1 (2025-12-08)
@@ -980,67 +980,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ćwiczenia laboratoryjne: przygotowanie teoretyczne do wykonywanych ćwiczeń laboratoryjnych (metodyka badań, sposób oceny uzyskanych wyników). Czynne uczestnictwo w prowadzonych badaniach, rejestracja, obliczanie i ocena uzyskanych wyników. Sporządzenie oraz obrona sprawozdań z poszczególnych ćwiczeń laboratoryjnych, pozytywne zaliczenie sprawdzianu końcowego. ćwiczenia projektowe: sporządzenie oraz obrona projektu budynku mieszkalno-magazynowego, pozytywne zaliczenie sprawdzianu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U14, IS_U04</w:t>
+        <w:t xml:space="preserve">IS_U04, IS_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wybrać i zastosować odpowiednie materiały na urządzenia i instalacje stosowane w ciepłownictwie lub ogrzewnictwie, lub klimatyzacji, lub gazownictwie, lub systemach wodociągowych i kanalizacyjnych., lub inżynierii wodnej,   lub gospodarki odpadami i oczyszczania terenów zurbanizowanych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1066,51 +1066,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętność samodzielnego planowania i wykonywania badań eksperymentalnych, realizacji prostych zadań badawczych w systemach ogrzewczych, lub klimatyzacyjnych, lub gazowych, lub systemach zaopatrzenia w wodę i odprowadzania  ścieków., lub inżynierii wodnej, lub gospodarki odpadami oraz rekultywacji terenów zdegradowanych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>