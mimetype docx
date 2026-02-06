--- v1 (2025-12-08)
+++ v2 (2026-02-06)
@@ -776,341 +776,341 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada podstawową wiedzę o aktualnych kierunkach rozwoju i modernizacji w zakresie systemów ciepłowniczych lub systemów ogrzewania, lub systemów  klimatyzacji, lub systemów gazowych,  lub zaopatrzenia w wodę, odprowadzania ścieków oraz inżynierii wodnej , lub gospodarki odpadami</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	ćwiczenia laboratoryjne: przygotowanie teoretyczne do wykonywanych ćwiczeń laboratoryjnych (metodyka badań, sposób oceny uzyskanych wyników). Czynne uczestnictwo w prowadzonych badaniach, rejestracja, obliczanie i ocena uzyskanych wyników. Sporządzenie oraz obrona sprawozdań z poszczególnych ćwiczeń laboratoryjnych, pozytywne zaliczenie sprawdzianu końcowego. ćwiczenia projektowe: sporządzenie oraz obrona projektu budynku mieszkalno-magazynowego, pozytywne zaliczenie sprawdzianu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada podstawową wiedzę o aktualnych kierunkach rozwoju i modernizacji w zakresie systemów ciepłowniczych lub systemów ogrzewania, lub systemów  klimatyzacji, lub systemów gazowych,  lub zaopatrzenia w wodę, odprowadzania ścieków oraz inżynierii wodnej , lub gospodarki odpadami</w:t>
+        <w:t xml:space="preserve">Posiada podstawową wiedzę z zakresu właściwości fizycznych, mechanicznych i eksploatacyjnych materiałów stosowanych w obiektach budowlanych, urządzeniach, sieciach i instalacjach COWiG, Wod-kan lub w gospodarce odpadami.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">	ćwiczenia laboratoryjne: przygotowanie teoretyczne do wykonywanych ćwiczeń laboratoryjnych (metodyka badań, sposób oceny uzyskanych wyników). Czynne uczestnictwo w prowadzonych badaniach, rejestracja, obliczanie i ocena uzyskanych wyników. Sporządzenie oraz obrona sprawozdań z poszczególnych ćwiczeń laboratoryjnych, pozytywne zaliczenie sprawdzianu końcowego. ćwiczenia projektowe: sporządzenie oraz obrona projektu budynku mieszkalno-magazynowego, pozytywne zaliczenie sprawdzianu końcowego.</w:t>
+        <w:t xml:space="preserve">ćwiczenia laboratoryjne: przygotowanie teoretyczne do wykonywanych ćwiczeń laboratoryjnych (metodyka badań, sposób oceny uzyskanych wyników). Czynne uczestnictwo w prowadzonych badaniach, rejestracja, obliczanie i ocena uzyskanych wyników. Sporządzenie oraz obrona sprawozdań z poszczególnych ćwiczeń laboratoryjnych, pozytywne zaliczenie sprawdzianu końcowego. ćwiczenia projektowe: sporządzenie oraz obrona projektu budynku mieszkalno-magazynowego, pozytywne zaliczenie sprawdzianu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W15</w:t>
+        <w:t xml:space="preserve">IS_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada podstawową wiedzę z zakresu właściwości fizycznych, mechanicznych i eksploatacyjnych materiałów stosowanych w obiektach budowlanych, urządzeniach, sieciach i instalacjach COWiG, Wod-kan lub w gospodarce odpadami.</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić analizę techniczno-ekonomiczną  układów   technologicznych stosowanych w praktyce w zakresie  ciepłownictwa, lub ogrzewnictwa, lub klimatyzacji lub gazownictwa, lub zaopatrzenia w wodę i odprowadzania ścieków, , lub inżynierii wodnej, lub gospodarki odpadami i oczyszczania terenów zurbanizowanych oraz rekultywacji terenów zdegradowanych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ćwiczenia laboratoryjne: przygotowanie teoretyczne do wykonywanych ćwiczeń laboratoryjnych (metodyka badań, sposób oceny uzyskanych wyników). Czynne uczestnictwo w prowadzonych badaniach, rejestracja, obliczanie i ocena uzyskanych wyników. Sporządzenie oraz obrona sprawozdań z poszczególnych ćwiczeń laboratoryjnych, pozytywne zaliczenie sprawdzianu końcowego. ćwiczenia projektowe: sporządzenie oraz obrona projektu budynku mieszkalno-magazynowego, pozytywne zaliczenie sprawdzianu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W19</w:t>
+        <w:t xml:space="preserve">IS_U04, IS_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić analizę techniczno-ekonomiczną  układów   technologicznych stosowanych w praktyce w zakresie  ciepłownictwa, lub ogrzewnictwa, lub klimatyzacji lub gazownictwa, lub zaopatrzenia w wodę i odprowadzania ścieków, , lub inżynierii wodnej, lub gospodarki odpadami i oczyszczania terenów zurbanizowanych oraz rekultywacji terenów zdegradowanych.</w:t>
+        <w:t xml:space="preserve">Potrafi wybrać i zastosować odpowiednie materiały na urządzenia i instalacje stosowane w ciepłownictwie lub ogrzewnictwie, lub klimatyzacji, lub gazownictwie, lub systemach wodociągowych i kanalizacyjnych., lub inżynierii wodnej,   lub gospodarki odpadami i oczyszczania terenów zurbanizowanych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ćwiczenia laboratoryjne: przygotowanie teoretyczne do wykonywanych ćwiczeń laboratoryjnych (metodyka badań, sposób oceny uzyskanych wyników). Czynne uczestnictwo w prowadzonych badaniach, rejestracja, obliczanie i ocena uzyskanych wyników. Sporządzenie oraz obrona sprawozdań z poszczególnych ćwiczeń laboratoryjnych, pozytywne zaliczenie sprawdzianu końcowego. ćwiczenia projektowe: sporządzenie oraz obrona projektu budynku mieszkalno-magazynowego, pozytywne zaliczenie sprawdzianu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U04, IS_U14</w:t>
+        <w:t xml:space="preserve">IS_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętność samodzielnego planowania i wykonywania badań eksperymentalnych, realizacji prostych zadań badawczych w systemach ogrzewczych, lub klimatyzacyjnych, lub gazowych, lub systemach zaopatrzenia w wodę i odprowadzania  ścieków., lub inżynierii wodnej, lub gospodarki odpadami oraz rekultywacji terenów zdegradowanych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>