--- v2 (2026-02-06)
+++ v3 (2026-02-28)
@@ -776,51 +776,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada podstawową wiedzę o aktualnych kierunkach rozwoju i modernizacji w zakresie systemów ciepłowniczych lub systemów ogrzewania, lub systemów  klimatyzacji, lub systemów gazowych,  lub zaopatrzenia w wodę, odprowadzania ścieków oraz inżynierii wodnej , lub gospodarki odpadami</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>