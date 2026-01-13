--- v1 (2025-12-08)
+++ v2 (2026-01-13)
@@ -1148,137 +1148,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca domowa, kolokwium, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U13, IS_U15</w:t>
+        <w:t xml:space="preserve">IS_U15, IS_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student nabywa umiejętności zrozumienia podstaw procesu projektowania konstrukcji inżynierskich rozwijanych na późniejszych latach studiów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca domowa, kolokwium, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi opracować i zaprezentować w odpowiedniej formie wyniki obliczeń inżynierskich.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>