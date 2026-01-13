--- v0 (2025-12-08)
+++ v1 (2026-01-13)
@@ -824,51 +824,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W05, IS_W06, IS_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę dotyczącą biosfery jako miejsca funkcjonowania ekosystemów naturalnych i poddanych antropopresji oraz struktury ekosystemu, zasady i pojęcia dotyczące obiegu materii i przepływu energii w układach ekologicznych oraz główne cykle biogeochemiczne pierwiastków i podstawowe prawa ekologiczne </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1186,51 +1186,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>