--- v1 (2026-01-13)
+++ v2 (2026-02-04)
@@ -808,51 +808,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W05, IS_W06, IS_W07</w:t>
+        <w:t xml:space="preserve">IS_W07, IS_W05, IS_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1186,51 +1186,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>