--- v1 (2025-12-08)
+++ v2 (2026-02-05)
@@ -751,51 +751,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe struktury języka programowania na przykładzie języka Python 3.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -971,51 +971,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Opanował podstawy programowania w języku Python 3 (wyrażenia matematyczne i logiczne, instrukcje warunkowe i pętle, komunikacja z użytkownikiem).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>