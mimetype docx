--- v2 (2026-02-05)
+++ v3 (2026-02-06)
@@ -971,121 +971,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Opanował podstawy programowania w języku Python 3 (wyrażenia matematyczne i logiczne, instrukcje warunkowe i pętle, komunikacja z użytkownikiem).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Osiągnięcie efektów sprawdzane na podstawie bieżącej pracy oraz samodzielnie wykonywanych sprawdzianów podczas ćwiczeń komputerowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>