--- v0 (2025-12-08)
+++ v1 (2026-01-13)
@@ -1265,51 +1265,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KK</w:t>
+        <w:t xml:space="preserve">I.P6S_KK, P6U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość konieczności działania w sposób profesjonalny i przestrzegania zasad etyki zawodowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>