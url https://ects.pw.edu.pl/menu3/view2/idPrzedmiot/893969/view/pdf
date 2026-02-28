--- v1 (2026-01-13)
+++ v2 (2026-02-28)
@@ -975,341 +975,341 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posługuje się poprawnie terminologią i nomenklaturą stosowaną w opisie zjawisk fizycznych chemicznych, biologicznych zachodzących w procesach typowych dla zaopatrzenia w wodę </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin z wykładu, obrona projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dobrać typowe urządzenia stosowane w systemach wodociągowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykonanie i obrona projektu, egzamin z wykładów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posługuje się poprawnie terminologią i nomenklaturą stosowaną w opisie zjawisk fizycznych chemicznych, biologicznych zachodzących w procesach typowych dla zaopatrzenia w wodę </w:t>
+        <w:t xml:space="preserve">Potrafi określić wartości skumulowanych wskaźników zużycia wody na terenach zurbanizowanych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin z wykładu, obrona projektu</w:t>
+        <w:t xml:space="preserve">wykonanie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U21</w:t>
+        <w:t xml:space="preserve">IS_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi dobrać typowe urządzenia stosowane w systemach wodociągowych</w:t>
+        <w:t xml:space="preserve">Rozumie potrzebę ciągłego dokształcania się i podnoszenia kompetencji zawodowych i osobistych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">wykonanie i obrona projektu, egzamin z wykładów</w:t>
+        <w:t xml:space="preserve">obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U05</w:t>
+        <w:t xml:space="preserve">IS_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_KK, P6U_K</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość konieczności działania w sposób profesjonalny i przestrzegania zasad etyki zawodowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>