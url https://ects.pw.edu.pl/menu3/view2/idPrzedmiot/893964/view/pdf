--- v0 (2025-11-02)
+++ v1 (2025-12-08)
@@ -1076,51 +1076,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi opisać przebieg i ocenić efektywność procesów jednostkowych (fizycznych, chemicznych i biologicznych) realizowanych  w układach technologicznych oczyszczania ścieków komunalnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1356,51 +1356,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>