--- v1 (2025-12-08)
+++ v2 (2026-01-13)
@@ -1270,67 +1270,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ustna odpowiedź po zajęciach laboratoryjnych , sprawozdania z kolejnych ćwiczeń laboratoryjnych, kolokwium końcowe na zajęciach laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U06, IS_U16</w:t>
+        <w:t xml:space="preserve">IS_U16, IS_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi narysować i opisać podstawowe układy technologiczne do oczyszczania ścieków komunalnych służące osiągnięciu określonego celu (usuwanie tylko związków węgla organicznego, usuwanie związków węgla organicznego i jednego z biogenów, zintegrowane usuwanie związków węgla organicznego, azotu i fosforu) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1356,51 +1356,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>