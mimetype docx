--- v2 (2026-01-13)
+++ v3 (2026-02-05)
@@ -1200,137 +1200,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawozdania z kolejnych ćwiczeń laboratoryjnych, kolokwium końcowe na zajęciach laboratoryjnych, egzamin pisemny z wykładów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U05, IS_U16</w:t>
+        <w:t xml:space="preserve">IS_U16, IS_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przeprowadzić ocenę skuteczności technologicznej określonego urządzenia wchodzącego w skład całego układu technologicznego. Potrafi dokonać całościowej analizy wyników oczyszczania ścieków, odnosząc się do obowiązujących przepisów prawnych oraz napisać raport z przeprowadzonych samodzielnie badań formułując wnioski końcowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ustna odpowiedź po zajęciach laboratoryjnych , sprawozdania z kolejnych ćwiczeń laboratoryjnych, kolokwium końcowe na zajęciach laboratoryjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U06, IS_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi narysować i opisać podstawowe układy technologiczne do oczyszczania ścieków komunalnych służące osiągnięciu określonego celu (usuwanie tylko związków węgla organicznego, usuwanie związków węgla organicznego i jednego z biogenów, zintegrowane usuwanie związków węgla organicznego, azotu i fosforu) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>