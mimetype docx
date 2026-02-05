--- v3 (2026-02-05)
+++ v4 (2026-02-05)
@@ -1200,67 +1200,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawozdania z kolejnych ćwiczeń laboratoryjnych, kolokwium końcowe na zajęciach laboratoryjnych, egzamin pisemny z wykładów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U16, IS_U05</w:t>
+        <w:t xml:space="preserve">IS_U05, IS_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeprowadzić ocenę skuteczności technologicznej określonego urządzenia wchodzącego w skład całego układu technologicznego. Potrafi dokonać całościowej analizy wyników oczyszczania ścieków, odnosząc się do obowiązujących przepisów prawnych oraz napisać raport z przeprowadzonych samodzielnie badań formułując wnioski końcowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1356,51 +1356,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>