--- v4 (2026-02-05)
+++ v5 (2026-02-06)
@@ -1146,51 +1146,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi policzyć i ocenić wielkości parametrów technologicznych charakteryzujących proces oczyszczania ścieków realizowany metodą osadu czynnego lub złoża biologicznego </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1356,51 +1356,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>