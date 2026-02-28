--- v5 (2026-02-06)
+++ v6 (2026-02-28)
@@ -1076,331 +1076,331 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o, P6U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi opisać przebieg i ocenić efektywność procesów jednostkowych (fizycznych, chemicznych i biologicznych) realizowanych  w układach technologicznych oczyszczania ścieków komunalnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ustna odpowiedź po każdych zajęciach laboratoryjnych z kontrolą uzyskanych wyników, sprawozdania z kolejnych ćwiczeń laboratoryjnych, kolokwium końcowe na zajęciach laboratoryjnych, egzamin pisemny z wykładów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi opisać przebieg i ocenić efektywność procesów jednostkowych (fizycznych, chemicznych i biologicznych) realizowanych  w układach technologicznych oczyszczania ścieków komunalnych.</w:t>
+        <w:t xml:space="preserve">Potrafi policzyć i ocenić wielkości parametrów technologicznych charakteryzujących proces oczyszczania ścieków realizowany metodą osadu czynnego lub złoża biologicznego </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ustna odpowiedź po każdych zajęciach laboratoryjnych z kontrolą uzyskanych wyników, sprawozdania z kolejnych ćwiczeń laboratoryjnych, kolokwium końcowe na zajęciach laboratoryjnych, egzamin pisemny z wykładów</w:t>
+        <w:t xml:space="preserve">sprawozdania z kolejnych ćwiczeń laboratoryjnych, kolokwium końcowe na zajęciach laboratoryjnych, egzamin pisemny z wykładów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U16</w:t>
+        <w:t xml:space="preserve">IS_U05, IS_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o, P6U_U</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi policzyć i ocenić wielkości parametrów technologicznych charakteryzujących proces oczyszczania ścieków realizowany metodą osadu czynnego lub złoża biologicznego </w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić ocenę skuteczności technologicznej określonego urządzenia wchodzącego w skład całego układu technologicznego. Potrafi dokonać całościowej analizy wyników oczyszczania ścieków, odnosząc się do obowiązujących przepisów prawnych oraz napisać raport z przeprowadzonych samodzielnie badań formułując wnioski końcowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">sprawozdania z kolejnych ćwiczeń laboratoryjnych, kolokwium końcowe na zajęciach laboratoryjnych, egzamin pisemny z wykładów</w:t>
+        <w:t xml:space="preserve">ustna odpowiedź po zajęciach laboratoryjnych , sprawozdania z kolejnych ćwiczeń laboratoryjnych, kolokwium końcowe na zajęciach laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U05, IS_U16</w:t>
+        <w:t xml:space="preserve">IS_U06, IS_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić ocenę skuteczności technologicznej określonego urządzenia wchodzącego w skład całego układu technologicznego. Potrafi dokonać całościowej analizy wyników oczyszczania ścieków, odnosząc się do obowiązujących przepisów prawnych oraz napisać raport z przeprowadzonych samodzielnie badań formułując wnioski końcowe.</w:t>
+        <w:t xml:space="preserve">Potrafi narysować i opisać podstawowe układy technologiczne do oczyszczania ścieków komunalnych służące osiągnięciu określonego celu (usuwanie tylko związków węgla organicznego, usuwanie związków węgla organicznego i jednego z biogenów, zintegrowane usuwanie związków węgla organicznego, azotu i fosforu) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ustna odpowiedź po zajęciach laboratoryjnych , sprawozdania z kolejnych ćwiczeń laboratoryjnych, kolokwium końcowe na zajęciach laboratoryjnych</w:t>
+        <w:t xml:space="preserve">egzamin z wykładów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U06, IS_U16</w:t>
+        <w:t xml:space="preserve">IS_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>