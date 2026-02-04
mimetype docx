--- v0 (2026-01-13)
+++ v1 (2026-02-04)
@@ -1222,51 +1222,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dobrać typowe urządzenia stosowane w ciepłownictwie, ogrzewnic-twie, klimatyzacji lub w systemach wodociągowych i kanalizacyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1502,341 +1502,341 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi opracować i zaprezentować w odpowiedniej formie projekt, system lub proces typowy dla ciepłownictwa, lub ogrzewnictwa, lub klimatyzacji lub zaopatrzenia w wodę i odprowadzania ścieków w języku polskim i języku obcym. Potrafi czytać prasę fachową (także w języku obcym) i prowadzić proces samokształcenia się.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekty zespołowe, prezentacje indywidualne i zespołowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U13, IS_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U06: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi opracować i zaprezentować w odpowiedniej formie projekt, system lub proces typowy dla ciepłownictwa, lub ogrzewnictwa, lub klimatyzacji lub zaopatrzenia w wodę i odprowadzania ścieków w języku polskim i języku obcym. Potrafi czytać prasę fachową (także w języku obcym) i prowadzić proces samokształcenia się.</w:t>
+        <w:t xml:space="preserve">Potrafi projektować, realizować i eksploatować elementy systemu ogrzewcze-go, lub klimatyzacyjnego, lub zaopatrzenia w wodę i odprowadzania ścieków.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekty zespołowe, prezentacje indywidualne i zespołowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U13, IS_U15</w:t>
+        <w:t xml:space="preserve">IS_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U07: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi projektować, realizować i eksploatować elementy systemu ogrzewcze-go, lub klimatyzacyjnego, lub zaopatrzenia w wodę i odprowadzania ścieków.</w:t>
+        <w:t xml:space="preserve">Rozumie potrzebę ciągłego dokształcania sie i podnoszenia kompetencji zawodowych i osobistych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekty zespołowe, prezentacje indywidualne i zespołowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U18</w:t>
+        <w:t xml:space="preserve">IS_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozumie potrzebę ciągłego dokształcania sie i podnoszenia kompetencji zawodowych i osobistych</w:t>
+        <w:t xml:space="preserve">Ma świadomość wagi pozatechnicznych aspektów i skutków działalności inżynierskiej, w tym jej wpływu na środowisko i związanej z tym odpowie-dzialności za podejmowane decyzje i realizowane zadania indywidualnie i zespołowo</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekty zespołowe, prezentacje indywidualne i zespołowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K01</w:t>
+        <w:t xml:space="preserve">IS_K02, IS_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KK</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_KK, P6U_K, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KR, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość konieczności działania w sposób profesjonalny i przestrzegania zasad etyki zawodowej. Potrafi przekazać informacje techniczne w sposób powszechnie zrozumiały, posiada umiejętność przygotowania wystąpień ustnych, w języku polskim i języku obcym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>