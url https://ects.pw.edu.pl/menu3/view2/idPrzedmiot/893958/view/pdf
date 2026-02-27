--- v1 (2026-02-04)
+++ v2 (2026-02-27)
@@ -1502,51 +1502,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi opracować i zaprezentować w odpowiedniej formie projekt, system lub proces typowy dla ciepłownictwa, lub ogrzewnictwa, lub klimatyzacji lub zaopatrzenia w wodę i odprowadzania ścieków w języku polskim i języku obcym. Potrafi czytać prasę fachową (także w języku obcym) i prowadzić proces samokształcenia się.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>