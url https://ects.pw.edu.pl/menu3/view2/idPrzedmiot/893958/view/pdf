--- v2 (2026-02-27)
+++ v3 (2026-03-21)
@@ -1142,51 +1142,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -1502,51 +1502,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi opracować i zaprezentować w odpowiedniej formie projekt, system lub proces typowy dla ciepłownictwa, lub ogrzewnictwa, lub klimatyzacji lub zaopatrzenia w wodę i odprowadzania ścieków w języku polskim i języku obcym. Potrafi czytać prasę fachową (także w języku obcym) i prowadzić proces samokształcenia się.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1792,51 +1792,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_K02, IS_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KR, I.P6S_KK</w:t>
+        <w:t xml:space="preserve">I.P6S_KR, P6U_K, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość konieczności działania w sposób profesjonalny i przestrzegania zasad etyki zawodowej. Potrafi przekazać informacje techniczne w sposób powszechnie zrozumiały, posiada umiejętność przygotowania wystąpień ustnych, w języku polskim i języku obcym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>