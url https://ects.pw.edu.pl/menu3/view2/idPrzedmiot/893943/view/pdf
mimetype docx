--- v0 (2025-12-08)
+++ v1 (2026-01-12)
@@ -817,51 +817,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład - zaliczenie ustnie
 Ćwiczenia projektowe - obrona projektu
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W04, IS_W08, IS_W09</w:t>
+        <w:t xml:space="preserve">IS_W08, IS_W09, IS_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1046,51 +1046,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę o najnowszych rozwiązaniach technicznych stosowanych w instalacjach odciągów miejscowych, odpylających, sprężonego powietrza oraz transportu pneumatycznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1253,51 +1253,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład - zaliczenie ustne
 Ćwiczenia projektowe - przygotowanie oraz obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U04, IS_U05</w:t>
+        <w:t xml:space="preserve">IS_U05, IS_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1410,51 +1410,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie określić parametry wytrzymałościowe oraz właściwości poszczególnych materiałów stosowanych w instalacjach tj. ciśnienie nominalne, ciśnienie robocze, dopuszczalna temperatura pracy, wpływ pary wodnej na korozyjność stosowanych materiałów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1481,51 +1481,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>