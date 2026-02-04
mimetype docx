--- v1 (2026-01-12)
+++ v2 (2026-02-04)
@@ -817,51 +817,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład - zaliczenie ustnie
 Ćwiczenia projektowe - obrona projektu
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W08, IS_W09, IS_W04</w:t>
+        <w:t xml:space="preserve">IS_W04, IS_W08, IS_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1198,51 +1198,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U01, IS_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać obliczenia sieci przewodów odciągów miejscowych oraz sprężonego powietrza co umożliwia modelowanie sieci na etapie projektowania, a tym samym umiejętność określenia podstawowych parametrów pracy tej instalacji. W dalszej konsekwencji potrafi dobrać typowe urządzenia stosowane do oczyszczania powietrza oraz zapewnienia właściwego przepływu w instalacjach odpylających oraz transportu pneumatycznego (wentylatory urządzenia odpylające) oraz dobór urządzeń do instalacji sprężonego powietrza (kompresory, filtry, zbiorniki buforowe, osuszacze).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1253,51 +1253,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład - zaliczenie ustne
 Ćwiczenia projektowe - przygotowanie oraz obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U05, IS_U04</w:t>
+        <w:t xml:space="preserve">IS_U04, IS_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1410,51 +1410,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie określić parametry wytrzymałościowe oraz właściwości poszczególnych materiałów stosowanych w instalacjach tj. ciśnienie nominalne, ciśnienie robocze, dopuszczalna temperatura pracy, wpływ pary wodnej na korozyjność stosowanych materiałów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>