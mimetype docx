--- v2 (2026-02-04)
+++ v3 (2026-02-28)
@@ -1198,51 +1198,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U01, IS_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać obliczenia sieci przewodów odciągów miejscowych oraz sprężonego powietrza co umożliwia modelowanie sieci na etapie projektowania, a tym samym umiejętność określenia podstawowych parametrów pracy tej instalacji. W dalszej konsekwencji potrafi dobrać typowe urządzenia stosowane do oczyszczania powietrza oraz zapewnienia właściwego przepływu w instalacjach odpylających oraz transportu pneumatycznego (wentylatory urządzenia odpylające) oraz dobór urządzeń do instalacji sprężonego powietrza (kompresory, filtry, zbiorniki buforowe, osuszacze).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>