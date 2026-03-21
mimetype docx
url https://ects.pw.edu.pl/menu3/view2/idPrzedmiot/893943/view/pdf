--- v3 (2026-02-28)
+++ v4 (2026-03-21)
@@ -1340,51 +1340,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przygotować a następnie zaprezentować przygotowany zespołowo projekt, a następnie wyjaśnić jakie czynniki wpłynęły na zastosowanie w projekcie przyjętych rozwiązań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>