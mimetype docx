--- v0 (2025-11-03)
+++ v1 (2025-12-08)
@@ -1477,51 +1477,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>