--- v1 (2025-12-08)
+++ v2 (2026-02-05)
@@ -767,51 +767,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna fizyczne i matematyczne opisy podstaw procesów przenoszenia składnika na tle analogii do procesów przenoszenia substancji, pędu i energii</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>