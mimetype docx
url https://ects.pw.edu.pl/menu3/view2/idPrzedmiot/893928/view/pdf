--- v2 (2026-02-05)
+++ v3 (2026-02-28)
@@ -767,51 +767,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna fizyczne i matematyczne opisy podstaw procesów przenoszenia składnika na tle analogii do procesów przenoszenia substancji, pędu i energii</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1337,51 +1337,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeprowadzić obliczenia dyfuzji jednokierunkowej i równopolowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>