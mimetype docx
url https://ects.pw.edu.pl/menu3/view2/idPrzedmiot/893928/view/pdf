--- v3 (2026-02-28)
+++ v4 (2026-03-21)
@@ -907,71 +907,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe modele przejmowania masy i określania współczynników przejmowania masy</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykłady - egzamin pisemny, ćwiczenia - kolokwium pisemne</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe modele przejmowania masy i określania współczynników przejmowania masy</w:t>
+        <w:t xml:space="preserve">Zna zagadnienia przejmowania masy przy przepływie laminarnym i turbulentnym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykłady - egzamin pisemny, ćwiczenia - kolokwium pisemne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -990,58 +1060,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zagadnienia przejmowania masy przy przepływie laminarnym i turbulentnym</w:t>
+        <w:t xml:space="preserve">Ma wiedzę nt. ogólnych zasad obliczania wymiennika masy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykłady - egzamin pisemny, ćwiczenia - kolokwium pisemne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1052,336 +1122,266 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę nt. ogólnych zasad obliczania wymiennika masy</w:t>
+        <w:t xml:space="preserve">Potrafi definiować i przeliczać stężenia składnika w fazie ciekłej i gazowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wykłady - egzamin pisemny, ćwiczenia - kolokwium pisemne</w:t>
+        <w:t xml:space="preserve">Kolokwium pisemne z całości materiału</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W09</w:t>
+        <w:t xml:space="preserve">IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi definiować i przeliczać stężenia składnika w fazie ciekłej i gazowej</w:t>
+        <w:t xml:space="preserve">Potrafi opisać i obliczać równowagi absorpcyjne i destylacyjne w układach ciecz-gaz (para)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium pisemne z całości materiału</w:t>
+        <w:t xml:space="preserve">Kolokwium pisemne z całości materiału </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi opisać i obliczać równowagi absorpcyjne i destylacyjne w układach ciecz-gaz (para)</w:t>
+        <w:t xml:space="preserve">Potrafi dobrać lub przeprowadzić obliczenia współczynników dyfuzji binarnej w gazach i cieczach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z całości materiału </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeprowadzić obliczenia dyfuzji jednokierunkowej i równopolowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>