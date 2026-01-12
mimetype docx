--- v0 (2025-10-30)
+++ v1 (2026-01-12)
@@ -1113,51 +1113,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U09, K_U14</w:t>
+        <w:t xml:space="preserve">K_U09, K_U14, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1333,51 +1333,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie z ćwiczeń, projekt, prezentacja</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K03, K_K04, K_K02</w:t>
+        <w:t xml:space="preserve">K_K02, K_K03, K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>