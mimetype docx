--- v1 (2026-01-12)
+++ v2 (2026-02-05)
@@ -1113,51 +1113,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U09, K_U14, K_U05</w:t>
+        <w:t xml:space="preserve">K_U05, K_U09, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1183,51 +1183,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt, prezentacja</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10, K_U14, K_U16</w:t>
+        <w:t xml:space="preserve">K_U16, K_U10, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>