--- v2 (2026-02-05)
+++ v3 (2026-02-27)
@@ -1183,51 +1183,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt, prezentacja</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U16, K_U10, K_U14</w:t>
+        <w:t xml:space="preserve">K_U10, K_U14, K_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1333,51 +1333,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie z ćwiczeń, projekt, prezentacja</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K02, K_K03, K_K04</w:t>
+        <w:t xml:space="preserve">K_K04, K_K02, K_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>