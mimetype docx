--- v3 (2026-02-27)
+++ v4 (2026-03-21)
@@ -1333,51 +1333,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie z ćwiczeń, projekt, prezentacja</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K04, K_K02, K_K03</w:t>
+        <w:t xml:space="preserve">K_K02, K_K03, K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>