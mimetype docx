--- v0 (2026-01-14)
+++ v1 (2026-02-04)
@@ -955,51 +955,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U09, K_U10, K_U13</w:t>
+        <w:t xml:space="preserve">K_U13, K_U09, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>