--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -955,51 +955,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U13, K_U09, K_U10</w:t>
+        <w:t xml:space="preserve">K_U09, K_U10, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1107,51 +1107,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K02, K_K03, K_K04</w:t>
+        <w:t xml:space="preserve">K_K03, K_K04, K_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>