--- v0 (2025-10-30)
+++ v1 (2025-12-26)
@@ -832,87 +832,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M2MUF_W09, M2MUF_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MF1_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna pojęcia ceny arbitrażowej wypłaty osiągalnej, uogólnionej ceny arbitrażowej wypłat nieosiągalnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M2MUF_W02, M2MUF_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka MF1_W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka MF1_W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna pojęcia ceny arbitrażowej wypłaty osiągalnej, uogólnionej ceny arbitrażowej wypłat nieosiągalnych.</w:t>
+        <w:t xml:space="preserve">Zna Blacka Scholes'a i modele rynków futures.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -923,320 +993,250 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">M2MUF_W02, M2MUF_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka MF1_W04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MF1_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna Blacka Scholes'a i modele rynków futures.</w:t>
+        <w:t xml:space="preserve">Potrafi badać brak arbitrażu na rynku oraz zupełność rynków skończonych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin</w:t>
+        <w:t xml:space="preserve">Kolokwium i egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M2MUF_W02, M2MUF_W09</w:t>
+        <w:t xml:space="preserve">M2MUF_U05, M2MUF_U10, M2MUF_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka MF1_U01: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MF1_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi badać brak arbitrażu na rynku oraz zupełność rynków skończonych.</w:t>
+        <w:t xml:space="preserve">Potrafi wyceniać (cena arbitrażowa, cena kupującego i cena sprzedającego) wypłaty i wyznaczać strategie replikujące w modelach rynków skonczonych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M2MUF_U05, M2MUF_U10, M2MUF_U18</w:t>
+        <w:t xml:space="preserve">M2MUF_U05, M2MUF_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka MF1_U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka MF1_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wyceniać (cena arbitrażowa, cena kupującego i cena sprzedającego) wypłaty i wyznaczać strategie replikujące w modelach rynków skonczonych.</w:t>
+        <w:t xml:space="preserve">Potrafi wyceniać wypłaty w modelu Blacka-Scholes’a i wyznaczać strategie replikujące w pewnych szczególnych przypadkach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">M2MUF_U05, M2MUF_U10</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">M2MUF_U10, M2MUF_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>