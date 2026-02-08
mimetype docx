--- v1 (2025-12-26)
+++ v2 (2026-02-08)
@@ -832,51 +832,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M2MUF_W09, M2MUF_W02</w:t>
+        <w:t xml:space="preserve">M2MUF_W02, M2MUF_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>