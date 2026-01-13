--- v0 (2025-10-31)
+++ v1 (2026-01-13)
@@ -751,67 +751,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">weryfikacja pracy przez promotora, recenzje pracy, ocena obrony pracy dyplomowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2_W02, I2_W07**, I2SI_W01</w:t>
+        <w:t xml:space="preserve">I2_W07**, I2SI_W01, I2_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasady etyczne związane z wykonywaniem zawodu informatyka i rozumie konieczność rozważania społecznych skutków technologii informacyjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>