--- v1 (2026-01-13)
+++ v2 (2026-01-14)
@@ -751,67 +751,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">weryfikacja pracy przez promotora, recenzje pracy, ocena obrony pracy dyplomowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2_W07**, I2SI_W01, I2_W02</w:t>
+        <w:t xml:space="preserve">I2_W02, I2_W07**, I2SI_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasady etyczne związane z wykonywaniem zawodu informatyka i rozumie konieczność rozważania społecznych skutków technologii informacyjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1181,51 +1181,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">weryfikacja pracy przez promotora, recenzje pracy, ocena obrony pracy dyplomowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2_U02, I2_U05, I2_U15**</w:t>
+        <w:t xml:space="preserve">I2_U05, I2_U15**, I2_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>