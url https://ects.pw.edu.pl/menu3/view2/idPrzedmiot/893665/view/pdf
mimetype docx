--- v3 (2026-02-28)
+++ v4 (2026-03-21)
@@ -891,67 +891,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">weryfikacja pracy przez promotora, recenzje pracy, ocena obrony pracy dyplomowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2_W03, I2_W06**, I2_W07**, I2_W02</w:t>
+        <w:t xml:space="preserve">I2_W06**, I2_W07**, I2_W02, I2_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WG, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W, I.P7S_WK, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>