--- v0 (2026-01-15)
+++ v1 (2026-02-09)
@@ -744,491 +744,491 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena zawartości merytorycznej referatów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I2CC_W02, I2CC_W03, I2CC_W04, I2_W01, I2_W02, I2CC_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna aktualny stan wiedzy i techniki w zakresie wykonywanej pracy dyplomowej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ocena zawartości merytorycznej referatów i stanu pracy dyplomowej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I2_W01, I2_W02, I2CC_W01, I2CC_W02, I2CC_W03, I2CC_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna aktualny stan wiedzy i techniki w zakresie wykonywanej pracy dyplomowej</w:t>
+        <w:t xml:space="preserve">Posiada umiejętność selekcji, krytycznej interpretacji oraz jasnej prezentacji informacji technicznej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">ocena zawartości merytorycznej referatów, sposobu prezentacji i dyskusji</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I2_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi krytycznie ocenić prezentowany problem oraz poprowadzić konstruktywną dyskusję</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ocena zawartości merytorycznej referatów, sposobu prezentacji i dyskusji</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I2_U02, I2_U03, I2_U05, I2_U06, I2_U09, I2_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi sporządzić raport oceniający aktualny stan wiedzy w prezentowanym zakresie</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ocena zawartości merytorycznej referatów, sposobu prezentacji i dyskusji, ocena zawartości merytorycznej referatów oraz przygotowanego raportu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I2_U09, I2_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić kierunki dalszego działania w tym uczenia się</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">ocena zawartości merytorycznej referatów i stanu pracy dyplomowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2_W01, I2_W02, I2CC_W01, I2CC_W02, I2CC_W03, I2CC_W04</w:t>
+        <w:t xml:space="preserve">I2_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada umiejętność selekcji, krytycznej interpretacji oraz jasnej prezentacji informacji technicznej</w:t>
+        <w:t xml:space="preserve">Ma świadomość roli i zadań absolwenta uczelni technicznej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ocena zawartości merytorycznej referatów, sposobu prezentacji i dyskusji</w:t>
+        <w:t xml:space="preserve">ocena zawartości merytorycznej referatów oraz przygotowanego raportu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2_U01</w:t>
-[...289 lines deleted...]
-        <w:t xml:space="preserve">I2_K05, I2_K06, I2_K01, I2_K02, I2_K03</w:t>
+        <w:t xml:space="preserve">I2_K01, I2_K02, I2_K03, I2_K05, I2_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>