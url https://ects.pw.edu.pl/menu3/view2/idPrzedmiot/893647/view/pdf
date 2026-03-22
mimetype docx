--- v1 (2026-02-09)
+++ v2 (2026-03-22)
@@ -744,67 +744,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena zawartości merytorycznej referatów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2CC_W02, I2CC_W03, I2CC_W04, I2_W01, I2_W02, I2CC_W01</w:t>
+        <w:t xml:space="preserve">I2_W01, I2_W02, I2CC_W01, I2CC_W02, I2CC_W03, I2CC_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna aktualny stan wiedzy i techniki w zakresie wykonywanej pracy dyplomowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -814,51 +814,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena zawartości merytorycznej referatów i stanu pracy dyplomowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2_W01, I2_W02, I2CC_W01, I2CC_W02, I2CC_W03, I2CC_W04</w:t>
+        <w:t xml:space="preserve">I2CC_W03, I2CC_W04, I2_W01, I2_W02, I2CC_W01, I2CC_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>