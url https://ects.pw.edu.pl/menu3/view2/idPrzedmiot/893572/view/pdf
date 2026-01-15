--- v0 (2025-12-08)
+++ v1 (2026-01-15)
@@ -766,67 +766,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, zadania na ćwiczeniach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_W02, MAD1_W03, MAD1_W04, MAD1_W11</w:t>
+        <w:t xml:space="preserve">MAD1_W04, MAD1_W11, MAD1_W02, MAD1_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1, II.X.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">II.X.P6S_WG.1, I.P6S_WG, II.X.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MN_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę dotyczącą wrażliwości wyników zadań obliczeniowych na zmiany danych oraz wiedzę dotyczącą niestabilności algorytmów numerycznych i ich złożoności obliczeniowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -916,67 +916,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, zadania na ćwiczeniach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_U03, MAD1_U05, MAD1_U10, MAD1_U02</w:t>
+        <w:t xml:space="preserve">MAD1_U02, MAD1_U03, MAD1_U05, MAD1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_UW.1.o, I.P6S_UW, I.P6S_UK, II.X.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o, II.X.P6S_UW.2, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MN_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi pozyskiwać informacje z literatury oraz innych źródeł, dokonywać ich interpretacji oraz wyciągać wnioski.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>