--- v1 (2026-01-15)
+++ v2 (2026-02-09)
@@ -766,67 +766,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, zadania na ćwiczeniach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_W04, MAD1_W11, MAD1_W02, MAD1_W03</w:t>
+        <w:t xml:space="preserve">MAD1_W02, MAD1_W03, MAD1_W04, MAD1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_WG.1, I.P6S_WG, II.X.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1, II.X.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MN_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę dotyczącą wrażliwości wyników zadań obliczeniowych na zmiany danych oraz wiedzę dotyczącą niestabilności algorytmów numerycznych i ich złożoności obliczeniowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -916,67 +916,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, zadania na ćwiczeniach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_U02, MAD1_U03, MAD1_U05, MAD1_U10</w:t>
+        <w:t xml:space="preserve">MAD1_U05, MAD1_U10, MAD1_U02, MAD1_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o, II.X.P6S_UW.2, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">II.X.P6S_UW.1.o, II.X.P6S_UW.2, I.P6S_UW, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MN_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi pozyskiwać informacje z literatury oraz innych źródeł, dokonywać ich interpretacji oraz wyciągać wnioski.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>