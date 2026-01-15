--- v1 (2025-12-08)
+++ v2 (2026-01-15)
@@ -920,51 +920,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_WG.1, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AZ1_W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawy geometrycznej teorii funkcji zespolonej. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1070,51 +1070,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_U05, MAD1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UK, II.X.P6S_UW.1.o, II.X.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, II.X.P6S_UW.1.o, II.X.P6S_UW.2, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AZ1_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi stosować wzory całkowe Cauchy oraz umie obliczyć wartość całek rzeczywistych i zespolonych za pomocą twierdzenia o residuach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>