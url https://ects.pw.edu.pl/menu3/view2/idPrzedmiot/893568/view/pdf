--- v2 (2026-01-15)
+++ v3 (2026-02-07)
@@ -990,51 +990,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1</w:t>
+        <w:t xml:space="preserve">II.X.P6S_WG.1, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AZ1_U01: </w:t>
       </w:r>
     </w:p>
@@ -1070,51 +1070,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_U05, MAD1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, II.X.P6S_UW.1.o, II.X.P6S_UW.2, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UK, II.X.P6S_UW.1.o, II.X.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AZ1_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi stosować wzory całkowe Cauchy oraz umie obliczyć wartość całek rzeczywistych i zespolonych za pomocą twierdzenia o residuach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>