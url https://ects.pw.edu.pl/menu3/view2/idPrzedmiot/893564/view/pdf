--- v0 (2025-11-02)
+++ v1 (2025-12-08)
@@ -1146,51 +1146,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">II.X.P6S_UW.1.o, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AM3_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi całkować po krzywych i płatach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>