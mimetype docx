--- v1 (2025-12-08)
+++ v2 (2026-01-14)
@@ -1146,191 +1146,191 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka AM3_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi całkować po krzywych i płatach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia, kartkówki, zadania domowe, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MAD1_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka AM3_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi stosować twierdzenia typu Stokesa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia, kartkówki, zadania domowe, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MAD1_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">II.X.P6S_UW.1.o, I.P6S_UW</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AM3_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi stosować formy różniczkowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>