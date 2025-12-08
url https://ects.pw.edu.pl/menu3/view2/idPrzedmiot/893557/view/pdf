--- v0 (2025-11-02)
+++ v1 (2025-12-08)
@@ -808,71 +808,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.X.P6S_WG.1, I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka AM2_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna funkcje pierwotne podstawowych funkcji elementarnych oraz twierdzenia o sposobach znajdowania całek nieoznaczonych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MAD1_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka AM2_W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka AM2_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna funkcje pierwotne podstawowych funkcji elementarnych oraz twierdzenia o sposobach znajdowania całek nieoznaczonych.</w:t>
+        <w:t xml:space="preserve">Zna pojęcie całki Riemanna oraz jej własności, sposób budowania modeli matematycznych zjawisk przy jej pomocy, zastosowania geometryczne, fizyczne i inne. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -891,128 +961,128 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka AM2_W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka AM2_W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna pojęcie całki Riemanna oraz jej własności, sposób budowania modeli matematycznych zjawisk przy jej pomocy, zastosowania geometryczne, fizyczne i inne. </w:t>
+        <w:t xml:space="preserve">Zna pojęcie przestrzeni metrycznej, opis funkcji wielu zmiennych z użyciem narzędzi związanych z metryką, podstawy rachunku różniczkowego funkcji wielu zmiennych oraz zastosowania, w tym do badania ekstremów funkcji. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_W03</w:t>
+        <w:t xml:space="preserve">MAD1_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka AM2_W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka AM2_W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna pojęcie przestrzeni metrycznej, opis funkcji wielu zmiennych z użyciem narzędzi związanych z metryką, podstawy rachunku różniczkowego funkcji wielu zmiennych oraz zastosowania, w tym do badania ekstremów funkcji. </w:t>
+        <w:t xml:space="preserve">Zna podstawowe pojęcia geometrii różniczkowej krzywych i powierzchni.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1023,216 +1093,216 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka AM2_W05: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka AM2_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe pojęcia geometrii różniczkowej krzywych i powierzchni.</w:t>
+        <w:t xml:space="preserve">Umie badać zbieżność punktową i jednostajną Potrafi znajdować promień zbieżności szeregu potęgowego, rozwijać funkcje w szereg.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin</w:t>
+        <w:t xml:space="preserve">Egzamin, kolokwia, kartkówki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_W04</w:t>
+        <w:t xml:space="preserve">MAD1_U01, MAD1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka AM2_U01: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o, I.P6S_UK, II.X.P6S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka AM2_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie badać zbieżność punktową i jednostajną Potrafi znajdować promień zbieżności szeregu potęgowego, rozwijać funkcje w szereg.</w:t>
+        <w:t xml:space="preserve">Potrafi znajdować funkcje pierwotne dla podstawowych klas funkcji, stosować całkowanie przez części i przez podstawienie. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, kolokwia, kartkówki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_U05, MAD1_U01</w:t>
+        <w:t xml:space="preserve">MAD1_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_UW.1.o, II.X.P6S_UW.2, I.P6S_UW, I.P6S_UK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka AM2_U02: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka AM2_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi znajdować funkcje pierwotne dla podstawowych klas funkcji, stosować całkowanie przez części i przez podstawienie. </w:t>
+        <w:t xml:space="preserve">Potrafi znajdować wartość całki oznaczonej, stosować całkę do zagadnień geometrycznych, wyznaczać różne wielkości fizyczne z zastosowanie całek, stosować całki do budowania modeli matematycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, kolokwia, kartkówki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1251,248 +1321,178 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka AM2_U03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka AM2_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi znajdować wartość całki oznaczonej, stosować całkę do zagadnień geometrycznych, wyznaczać różne wielkości fizyczne z zastosowanie całek, stosować całki do budowania modeli matematycznych.</w:t>
+        <w:t xml:space="preserve">Potrafi znajdować granice oraz obliczać pochodne i różniczki funkcji wielu zmiennych, w tym dla złożeń funkcji. Umie posługiwać się macierzą jakobianową.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, kolokwia, kartkówki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_U03</w:t>
+        <w:t xml:space="preserve">MAD1_U04, MAD1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka AM2_U04: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o, II.X.P6S_UW.2, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka AM2_U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi znajdować granice oraz obliczać pochodne i różniczki funkcji wielu zmiennych, w tym dla złożeń funkcji. Umie posługiwać się macierzą jakobianową.</w:t>
+        <w:t xml:space="preserve">Potrafi stosować warunki konieczne i wystarczające do badania ekstremów funkcji wielu zmiennych i stosować je do praktycznych zagadnień; potrafi stosować twierdzenie o funkcjach uwikłanych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, kolokwia, kartkówki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_U04, MAD1_U05</w:t>
+        <w:t xml:space="preserve">MAD1_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o, II.X.P6S_UW.2, I.P6S_UK</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o, II.X.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">II.X.P6S_UW.2, I.P6S_UW, II.X.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AM2_K01: </w:t>
       </w:r>
     </w:p>