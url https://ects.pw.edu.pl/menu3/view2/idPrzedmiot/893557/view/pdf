--- v1 (2025-12-08)
+++ v2 (2026-01-13)
@@ -808,51 +808,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_WG.1, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AM2_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna funkcje pierwotne podstawowych funkcji elementarnych oraz twierdzenia o sposobach znajdowania całek nieoznaczonych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1152,67 +1152,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, kolokwia, kartkówki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_U01, MAD1_U05</w:t>
+        <w:t xml:space="preserve">MAD1_U05, MAD1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o, I.P6S_UK, II.X.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">II.X.P6S_UW.2, I.P6S_UW, II.X.P6S_UW.1.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AM2_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi znajdować funkcje pierwotne dla podstawowych klas funkcji, stosować całkowanie przez części i przez podstawienie. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1448,51 +1448,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_UW.2, I.P6S_UW, II.X.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o, II.X.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AM2_K01: </w:t>
       </w:r>
     </w:p>