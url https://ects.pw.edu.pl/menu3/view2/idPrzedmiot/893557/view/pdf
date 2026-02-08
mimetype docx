--- v2 (2026-01-13)
+++ v3 (2026-02-08)
@@ -1152,67 +1152,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, kolokwia, kartkówki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_U05, MAD1_U01</w:t>
+        <w:t xml:space="preserve">MAD1_U01, MAD1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_UW.2, I.P6S_UW, II.X.P6S_UW.1.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o, I.P6S_UK, II.X.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AM2_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi znajdować funkcje pierwotne dla podstawowych klas funkcji, stosować całkowanie przez części i przez podstawienie. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>