--- v3 (2026-02-08)
+++ v4 (2026-03-22)
@@ -1362,67 +1362,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, kolokwia, kartkówki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_U04, MAD1_U05</w:t>
+        <w:t xml:space="preserve">MAD1_U05, MAD1_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o, II.X.P6S_UW.2, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">II.X.P6S_UW.1.o, II.X.P6S_UW.2, I.P6S_UW, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AM2_U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi stosować warunki konieczne i wystarczające do badania ekstremów funkcji wielu zmiennych i stosować je do praktycznych zagadnień; potrafi stosować twierdzenie o funkcjach uwikłanych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>