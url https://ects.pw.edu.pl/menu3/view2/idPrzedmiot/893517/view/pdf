--- v1 (2026-01-13)
+++ v2 (2026-02-06)
@@ -755,331 +755,331 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, kolokwia, aktywność na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_W01, M1_W17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka TOP_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna definicję zwartości przestrzeni topologicznej, przykłady i podstawowe własności zbiorów zwartych. Zna warunki równoważne zwartości w przestrzeniach metrycznych oraz charakteryzację zwartych podzbiorów przestrzeni euklidesowych. Zna własności przekształceń ciągłych określonych na przestrzeniach zwartych. Zna pojęcie ośrodkowości przestrzeni topologicznej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, kolokwia, aktywność na zajęciach</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">M1_W01, M1_W17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka TOP_W03 : </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna pojęcie przestrzeni metrycznej zupełnej i przykłady przestrzeni metrycznych zupełnych. Zna podstawowe własności przestrzeni metrycznych zupełnych, w tym Twierdzenie Banacha o kontrakcji, Twierdzenie Baire’a i przykłady ich zastosowań. Ma elementarną wiedzę o pojęciach takich jak własność punktu stałego przekształceń i przestrzeni.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, kolokwia, aktywność na zajęciach</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">M1_W01, M1_W17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka TOP_W04 : </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna pojęcia przestrzeni spójnej i łukowo spójnej, najprostsze własności przestrzeni spójnych oraz pojęcie składowych spójności. Zna własności przekształceń ciągłych określonych na przestrzeniach spójnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, kolokwia, aktywność na zajęciach</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">M1_W17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka TOP_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wie o możliwościach wykorzystania metod topologicznych w innych dyscyplinach matematyki</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, kolokwia, aktywność na zajęciach</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_W17, M1_W01</w:t>
-      </w:r>
-[...278 lines deleted...]
-        <w:t xml:space="preserve">M1_W01, M1_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>