--- v0 (2025-12-08)
+++ v1 (2026-01-13)
@@ -818,67 +818,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena raportów z ćwiczeń laboratoryjnych, prezentacji na seminarium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_U12, IM2_U13, IM2_U01, IM2_U02, IM2_U05, IM2_U07, IM2_U08</w:t>
+        <w:t xml:space="preserve">IM2_U07, IM2_U08, IM2_U12, IM2_U13, IM2_U01, IM2_U02, IM2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU, III.P7S_UW.1.o, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.4.o, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka NSM_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W trakcie wykonywania doświadczeń w laboratorium stosuje zasady bezpieczeństwa i higieny pracy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>