--- v1 (2026-01-13)
+++ v2 (2026-02-28)
@@ -818,67 +818,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena raportów z ćwiczeń laboratoryjnych, prezentacji na seminarium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_U07, IM2_U08, IM2_U12, IM2_U13, IM2_U01, IM2_U02, IM2_U05</w:t>
+        <w:t xml:space="preserve">IM2_U01, IM2_U02, IM2_U05, IM2_U07, IM2_U08, IM2_U12, IM2_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.4.o, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, I.P7S_UU, III.P7S_UW.1.o, III.P7S_UW.4.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka NSM_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W trakcie wykonywania doświadczeń w laboratorium stosuje zasady bezpieczeństwa i higieny pracy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>