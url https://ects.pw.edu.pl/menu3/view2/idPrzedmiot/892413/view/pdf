--- v1 (2025-12-08)
+++ v2 (2026-01-13)
@@ -753,51 +753,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM2_W05, IM2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna i rozumie mechanizmy tworzenia się warstw powierzchniowych w nowoczesnych obróbkach inżynierii powierzchni. Ma wiedzę z zakresu zjawiska rozpylania katodowego, reakcji chemicznych zachodzących w niskotemperaturowej plaźmie, wpływie defektów struktury na procesy dyfuzujne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -807,51 +807,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium końcowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_W03, IM2_W05, IM2_W11</w:t>
+        <w:t xml:space="preserve">IM2_W11, IM2_W03, IM2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>