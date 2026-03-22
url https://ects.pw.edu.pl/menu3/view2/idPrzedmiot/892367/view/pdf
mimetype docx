--- v2 (2026-02-28)
+++ v3 (2026-03-22)
@@ -750,51 +750,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM2_W04, IM2_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma rozszerzoną wiedzę z zakresu fizyki molekularnej, mechaniki materiałów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -804,51 +804,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_W04, IM2_W02</w:t>
+        <w:t xml:space="preserve">IM2_W02, IM2_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>