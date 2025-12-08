--- v0 (2025-11-01)
+++ v1 (2025-12-08)
@@ -1179,51 +1179,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.4.o, I.P7S_UW, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ISMBN_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi sfunkcjonalizować powierzchnię miki w celu adsorbcji pojedynczych cząsteczek DNA (Ćw 2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>