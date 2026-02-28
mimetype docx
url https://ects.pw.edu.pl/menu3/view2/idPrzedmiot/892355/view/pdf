--- v1 (2025-12-08)
+++ v2 (2026-02-28)
@@ -1029,51 +1029,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ISMBN_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawy metod komputerowych wykorzystywanych w badaniu i wizualizacji cząstek białek i DNA (ćw 4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>