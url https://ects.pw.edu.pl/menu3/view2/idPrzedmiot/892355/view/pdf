--- v2 (2026-02-28)
+++ v3 (2026-03-23)
@@ -889,191 +889,191 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM2_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ISMBN_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe metody funkcjonalizacji powierzchni do badań pojedynczych cząsteczek (Ćw 1). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykonanie ćwiczenia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM2_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ISMBN_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ISMBN_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe metody funkcjonalizacji powierzchni do badań pojedynczych cząsteczek (Ćw 1). </w:t>
+        <w:t xml:space="preserve">Zna podstawy obsługi mikroskopu sił atomowych w modzie kontaktowym (Ćw 2, 3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykonanie ćwiczenia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ISMBN_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawy metod komputerowych wykorzystywanych w badaniu i wizualizacji cząstek białek i DNA (ćw 4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>