--- v0 (2025-11-02)
+++ v1 (2025-12-08)
@@ -734,87 +734,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IM2_W09, IM2_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka BIOMIM_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna właściwości materiałów biologicznych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IM2_W07, IM2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka BIOMIM_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka BIOMIM_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna właściwości materiałów biologicznych</w:t>
+        <w:t xml:space="preserve">Zna przykłady materiałów biomimetycznych i metod ich formowania </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -825,196 +895,126 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM2_W07, IM2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka BIOMIM_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka BIOMIM_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna przykłady materiałów biomimetycznych i metod ich formowania </w:t>
+        <w:t xml:space="preserve">Na podstawie wiedzy uzyskanej w trakcie wykładu oraz analizy literatury fachowej student rozwija - poprzez pracę własną – swoją wiedzę z zakresu  materiałów biologicznych. Umie ocenić możliwości wykorzystania biomimetyki w zakresie inżynierii materiałowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_W07, IM2_W09</w:t>
+        <w:t xml:space="preserve">IM2_U01, IM2_U05, IM2_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UU, I.P7S_UW, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UU, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka BIOMIM_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Na podstawie wiedzy uzyskanej w trakcie wykładu oraz analizy literatury fachowej student umie dobrać metody pozwalające na tworzenie struktur biomimetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>