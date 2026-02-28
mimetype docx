--- v1 (2025-12-08)
+++ v2 (2026-02-28)
@@ -734,67 +734,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_W09, IM2_W07</w:t>
+        <w:t xml:space="preserve">IM2_W07, IM2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka BIOMIM_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna właściwości materiałów biologicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>