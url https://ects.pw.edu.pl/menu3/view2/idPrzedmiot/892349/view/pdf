--- v0 (2025-11-02)
+++ v1 (2025-12-08)
@@ -816,67 +816,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Raport z realizacji 3 zadań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_U12, IM2_U13, IM2_U19, IM2_U20, IM2_U01, IM2_U03, IM2_U05, IM2_U08, IM2_U09, IM2_U10</w:t>
+        <w:t xml:space="preserve">IM2_U08, IM2_U09, IM2_U10, IM2_U12, IM2_U13, IM2_U19, IM2_U20, IM2_U01, IM2_U03, IM2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.3.o, III.P7S_UW.2.o, III.P7S_UW.1.o, I.P7S_UK, I.P7S_UU, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.4.o, III.P7S_UW.2.o, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZMBMP_K1: </w:t>
       </w:r>
     </w:p>