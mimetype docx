--- v1 (2025-12-08)
+++ v2 (2026-01-13)
@@ -816,67 +816,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Raport z realizacji 3 zadań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_U08, IM2_U09, IM2_U10, IM2_U12, IM2_U13, IM2_U19, IM2_U20, IM2_U01, IM2_U03, IM2_U05</w:t>
+        <w:t xml:space="preserve">IM2_U19, IM2_U20, IM2_U01, IM2_U03, IM2_U05, IM2_U08, IM2_U09, IM2_U10, IM2_U12, IM2_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.4.o, III.P7S_UW.2.o, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, III.P7S_UW.3.o, I.P7S_UW, III.P7S_UW.1.o, I.P7S_UK, I.P7S_UU, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZMBMP_K1: </w:t>
       </w:r>
     </w:p>