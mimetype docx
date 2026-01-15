--- v2 (2026-01-13)
+++ v3 (2026-01-15)
@@ -736,67 +736,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i sprawozdanie z 3 zadań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_W08, IM2_W11</w:t>
+        <w:t xml:space="preserve">IM2_W11, IM2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZMBMP_U1: </w:t>
       </w:r>
     </w:p>
@@ -816,67 +816,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Raport z realizacji 3 zadań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_U19, IM2_U20, IM2_U01, IM2_U03, IM2_U05, IM2_U08, IM2_U09, IM2_U10, IM2_U12, IM2_U13</w:t>
+        <w:t xml:space="preserve">IM2_U01, IM2_U03, IM2_U05, IM2_U08, IM2_U09, IM2_U10, IM2_U12, IM2_U13, IM2_U19, IM2_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.2.o, III.P7S_UW.3.o, I.P7S_UW, III.P7S_UW.1.o, I.P7S_UK, I.P7S_UU, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, I.P7S_UU, III.P7S_UW.1.o, III.P7S_UW.4.o, III.P7S_UW.2.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZMBMP_K1: </w:t>
       </w:r>
     </w:p>