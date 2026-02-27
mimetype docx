--- v3 (2026-01-15)
+++ v4 (2026-02-27)
@@ -736,67 +736,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i sprawozdanie z 3 zadań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_W11, IM2_W08</w:t>
+        <w:t xml:space="preserve">IM2_W08, IM2_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZMBMP_U1: </w:t>
       </w:r>
     </w:p>
@@ -816,67 +816,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Raport z realizacji 3 zadań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_U01, IM2_U03, IM2_U05, IM2_U08, IM2_U09, IM2_U10, IM2_U12, IM2_U13, IM2_U19, IM2_U20</w:t>
+        <w:t xml:space="preserve">IM2_U20, IM2_U01, IM2_U03, IM2_U05, IM2_U08, IM2_U09, IM2_U10, IM2_U12, IM2_U13, IM2_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, I.P7S_UU, III.P7S_UW.1.o, III.P7S_UW.4.o, III.P7S_UW.2.o, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, I.P7S_UU, III.P7S_UW.1.o, III.P7S_UW.4.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZMBMP_K1: </w:t>
       </w:r>
     </w:p>