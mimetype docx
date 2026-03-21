--- v4 (2026-02-27)
+++ v5 (2026-03-21)
@@ -752,51 +752,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM2_W08, IM2_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZMBMP_U1: </w:t>
       </w:r>
     </w:p>
@@ -816,67 +816,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Raport z realizacji 3 zadań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_U20, IM2_U01, IM2_U03, IM2_U05, IM2_U08, IM2_U09, IM2_U10, IM2_U12, IM2_U13, IM2_U19</w:t>
+        <w:t xml:space="preserve">IM2_U01, IM2_U03, IM2_U05, IM2_U08, IM2_U09, IM2_U10, IM2_U12, IM2_U13, IM2_U19, IM2_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, I.P7S_UU, III.P7S_UW.1.o, III.P7S_UW.4.o, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, I.P7S_UU, III.P7S_UW.1.o, III.P7S_UW.4.o, III.P7S_UW.2.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZMBMP_K1: </w:t>
       </w:r>
     </w:p>