--- v0 (2025-10-31)
+++ v1 (2025-11-02)
@@ -956,67 +956,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdań z ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM2_U05, IM2_U07, IM2_U10, IM2_U12, IM2_U01</w:t>
+        <w:t xml:space="preserve">IM2_U01, IM2_U05, IM2_U07, IM2_U10, IM2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UU, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PFLAB_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W trakcie wykonywania doświadczeń w laboratorium stosuje zasady bezpieczeństwa i higieny pracy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>