--- v0 (2026-01-13)
+++ v1 (2026-03-21)
@@ -889,67 +889,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, ocena zaangażowania studentów w trakcie dyskusji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U14, IM1_U09</w:t>
+        <w:t xml:space="preserve">IM1_U09, IM1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.4.o, III.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka FCS_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Na podstawie wiedzy uzyskanej w trakcie wykładu oraz analizy zalecanej literatury fachowej lub innych źródeł rozwija - poprzez pracę własną - swoje umiejętności i wiedzę z zakresu fizyki ciała stałego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>