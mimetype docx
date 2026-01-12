--- v0 (2025-10-31)
+++ v1 (2026-01-12)
@@ -905,121 +905,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr 1, Obserwacja studenta w trakcie wykonywania Laboratorium nr 1, nr 2, nr 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IM1_U02, IM1_U05, IM1_U07, IM1_U11, IM1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UU, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka INFO_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zbudować prosty serwis internetowy z szatą graficzną i umieścić go w strukturze serwera stron internetowych; potrafi uzupełnić serwis internetowy o elementy dynamiczne oparte na języku skryptowym; potrafi zbudować prostą bazę danych i użyć ją do przechowywania treści z serwisu internetowego. Podczas pracy stosuje zasady bezpieczeństwa i higieny pracy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 2, Obserwacja studenta w trakcie wykonywania Laboratorium nr 5, nr 6, nr 7, nr 8, nr 9</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IM1_U01, IM1_U02, IM1_U05, IM1_U07, IM1_U11</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">IM1_U11, IM1_U01, IM1_U02, IM1_U05, IM1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, I.P6S_UK, I.P6S_UU, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>