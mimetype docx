--- v1 (2026-01-12)
+++ v2 (2026-02-07)
@@ -905,67 +905,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr 1, Obserwacja studenta w trakcie wykonywania Laboratorium nr 1, nr 2, nr 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U02, IM1_U05, IM1_U07, IM1_U11, IM1_U01</w:t>
+        <w:t xml:space="preserve">IM1_U07, IM1_U11, IM1_U01, IM1_U02, IM1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UU, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, I.P6S_UK, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka INFO_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zbudować prosty serwis internetowy z szatą graficzną i umieścić go w strukturze serwera stron internetowych; potrafi uzupełnić serwis internetowy o elementy dynamiczne oparte na języku skryptowym; potrafi zbudować prostą bazę danych i użyć ją do przechowywania treści z serwisu internetowego. Podczas pracy stosuje zasady bezpieczeństwa i higieny pracy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>