--- v2 (2026-02-07)
+++ v3 (2026-03-22)
@@ -905,67 +905,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr 1, Obserwacja studenta w trakcie wykonywania Laboratorium nr 1, nr 2, nr 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U07, IM1_U11, IM1_U01, IM1_U02, IM1_U05</w:t>
+        <w:t xml:space="preserve">IM1_U01, IM1_U02, IM1_U05, IM1_U07, IM1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, I.P6S_UK, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UK, I.P6S_UU, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka INFO_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zbudować prosty serwis internetowy z szatą graficzną i umieścić go w strukturze serwera stron internetowych; potrafi uzupełnić serwis internetowy o elementy dynamiczne oparte na języku skryptowym; potrafi zbudować prostą bazę danych i użyć ją do przechowywania treści z serwisu internetowego. Podczas pracy stosuje zasady bezpieczeństwa i higieny pracy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>