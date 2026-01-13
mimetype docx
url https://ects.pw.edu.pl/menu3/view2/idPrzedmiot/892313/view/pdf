--- v0 (2025-11-01)
+++ v1 (2026-01-13)
@@ -1123,121 +1123,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka F I_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi obliczać prądy i napięcia w obwodach elektrycznych oraz parametry pola magnetycznego (indukcja magnetyczna, siła Lorentza, siła elektromotoryczna)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka F I_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętność samodzielnego stosowania metod matematycznych (algebra, geometria, analiza matematyczna) do rozwiązywania problemów stawianych przez fizykę. Umie na podstawie zalecanej literatury lub innych fachowych źródeł rozszerzyć - poprzez pracę własną-posiadaną dotychczas wiedzę i umiejętności z zakresu fizyki. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>