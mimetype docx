--- v1 (2026-01-13)
+++ v2 (2026-01-16)
@@ -1053,121 +1053,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka F I_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykonać obliczenia termodynamiczne (parametry stanu, sprawność silników cieplnych)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka F I_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi obliczać prądy i napięcia w obwodach elektrycznych oraz parametry pola magnetycznego (indukcja magnetyczna, siła Lorentza, siła elektromotoryczna)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>