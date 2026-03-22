--- v2 (2026-01-16)
+++ v3 (2026-03-22)
@@ -1053,51 +1053,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka F I_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać obliczenia termodynamiczne (parametry stanu, sprawność silników cieplnych)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>