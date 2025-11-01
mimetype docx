--- v0 (2025-10-31)
+++ v1 (2025-11-01)
@@ -921,67 +921,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadań domowych, ocena prezentacji końcowej projektu </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U12, IM1_U10</w:t>
+        <w:t xml:space="preserve">IM1_U10, IM1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.2.o, III.P6S_UW.3.o, I.P6S_UW, III.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PBBiPI_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student uzyska dostęp i nauczy się posługiwać narzędziami, dzięki którym będzie mógł dokonać  rzetelnej oceny pomysłu biznesowego oraz wykonać wstępny biznes-plan.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>