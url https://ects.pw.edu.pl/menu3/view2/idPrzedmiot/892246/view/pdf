--- v1 (2025-11-01)
+++ v2 (2026-01-11)
@@ -1141,51 +1141,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obserwacja i ocena umiejętności studenta w trakcie zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_K03, IM1_K04, IM1_K06</w:t>
+        <w:t xml:space="preserve">IM1_K06, IM1_K03, IM1_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KO, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>