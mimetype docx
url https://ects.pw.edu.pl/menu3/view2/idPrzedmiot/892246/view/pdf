--- v2 (2026-01-11)
+++ v3 (2026-02-07)
@@ -1007,51 +1007,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_U07, IM1_U10, IM1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, III.P6S_UW.2.o, I.P6S_UW, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PBBiPI_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student - korzystając z fachowych źródeł wiedzy - rozwija poprzez pracę własną w domu  nabyte w trakcie zajęć wiedzę i umiejętności dot. opracowania wstępnej koncepcji biznesu, przygotowania narzędzi pozwalających na jej ocenę (ewaluator), dokonania samooceny własnych cech przedsiębiorczych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1141,51 +1141,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obserwacja i ocena umiejętności studenta w trakcie zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_K06, IM1_K03, IM1_K04</w:t>
+        <w:t xml:space="preserve">IM1_K03, IM1_K04, IM1_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KO, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>