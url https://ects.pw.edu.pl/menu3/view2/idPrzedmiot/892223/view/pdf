--- v0 (2025-11-01)
+++ v1 (2026-01-12)
@@ -735,67 +735,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczające, ocena pracy domowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W06, IM1_W10, IM1_W05</w:t>
+        <w:t xml:space="preserve">IM1_W05, IM1_W06, IM1_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka OCCH_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Orientuje się w metodach, uwarunkowaniach i zaletach obróbki cieplno chemicznej materiałów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -955,137 +955,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczające, ocena pracy domowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U13, IM1_U14, IM1_U15</w:t>
+        <w:t xml:space="preserve">IM1_U15, IM1_U13, IM1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka OCCH_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma orientacje w podstawach projektowania dyfuzyjnych warstw powierzchniowych i sposobów ich wytwarzania pod kątem uzyskania określonych właściowości użytkowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczające, ocena pracy domowej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_U13, IM1_U14, IM1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.4.o, III.P6S_UW.1.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka OCCH_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie ocenić ekonomiczne aspekty wyboru określonych technologii obróbki cieplno chemicznej </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>