--- v1 (2026-01-12)
+++ v2 (2026-02-04)
@@ -955,67 +955,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczające, ocena pracy domowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U15, IM1_U13, IM1_U14</w:t>
+        <w:t xml:space="preserve">IM1_U13, IM1_U14, IM1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, I.P6S_UW, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka OCCH_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma orientacje w podstawach projektowania dyfuzyjnych warstw powierzchniowych i sposobów ich wytwarzania pod kątem uzyskania określonych właściowości użytkowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1095,67 +1095,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczające, ocena pracy domowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U08, IM1_U10, IM1_U12</w:t>
+        <w:t xml:space="preserve">IM1_U12, IM1_U08, IM1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka OCCH_K1: </w:t>
       </w:r>
     </w:p>