--- v2 (2026-02-04)
+++ v3 (2026-03-23)
@@ -805,51 +805,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczające, ocena pracy domowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W03, IM1_W06, IM1_W10, IM1_W13</w:t>
+        <w:t xml:space="preserve">IM1_W06, IM1_W10, IM1_W13, IM1_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -971,51 +971,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_U13, IM1_U14, IM1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, I.P6S_UW, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka OCCH_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma orientacje w podstawach projektowania dyfuzyjnych warstw powierzchniowych i sposobów ich wytwarzania pod kątem uzyskania określonych właściowości użytkowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1025,67 +1025,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczające, ocena pracy domowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U13, IM1_U14, IM1_U16</w:t>
+        <w:t xml:space="preserve">IM1_U16, IM1_U13, IM1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka OCCH_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie ocenić ekonomiczne aspekty wyboru określonych technologii obróbki cieplno chemicznej </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>