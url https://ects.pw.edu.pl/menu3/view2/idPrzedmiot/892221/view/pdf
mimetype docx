--- v0 (2025-11-02)
+++ v1 (2026-01-13)
@@ -1113,51 +1113,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_U15, IM1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.1.o, III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.3.o, III.P6S_UW.4.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PI_K1: </w:t>
       </w:r>
     </w:p>
@@ -1193,51 +1193,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KK, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KR, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PI_K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie problem procesu dezaktualizacji wiedzy i umiejętności wynikający z zachodzącego postępu cywilizacyjnego. Potrafi odpowiednio określić priorytety służące realizacji określonego przez siebie zadania. Prawidłowo identyfikuje i rozstrzyga dylematy związane z wykonywaniem zawodu. Rozumie potrzebę przekazywania społeczeństwu informacji na temat osiągnięć techniki i innych aspektów działalności inżynierskiej w sposób zrozumiały</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>