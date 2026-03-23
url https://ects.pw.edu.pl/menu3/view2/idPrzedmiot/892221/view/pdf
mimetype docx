--- v1 (2026-01-13)
+++ v2 (2026-03-23)
@@ -923,50 +923,120 @@
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, I.P6S_UU, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PI_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przygotować i przedstawić krótkie opracowanie w języku polskim i angileskim</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ocena promotora pracy inżynierskiej (formularz)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PI_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprezentować rozwiązanie danego problemu na forum, prowadzić dyskusję z uczestnikami. Przy przygotowywaniu wystąpienia wykorzystuje technologie informacyjno-komunikacyjne. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena z egzaminu dyplomowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -986,328 +1056,258 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UK, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka PI_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka PI_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przygotować i przedstawić krótkie opracowanie w języku polskim i angileskim</w:t>
+        <w:t xml:space="preserve">Potrafi wykazać się znajomością metod lub technik lub narzędzi niezbędbych do rozwiązania poruszanego w pracy problemu inżynierskiego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ocena promotora pracy inżynierskiej (formularz)</w:t>
+        <w:t xml:space="preserve">Ocena recenzenta pracy inżynierskiej (formularz)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U03</w:t>
+        <w:t xml:space="preserve">IM1_U15, IM1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka PI_U3: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.3.o, III.P6S_UW.4.o, III.P6S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PI_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykazać się znajomością metod lub technik lub narzędzi niezbędbych do rozwiązania poruszanego w pracy problemu inżynierskiego</w:t>
+        <w:t xml:space="preserve">	prawidłowo uwzględnia aspekty pozatechniczne (ekonomiczne, zdrowotne, prawne, środowiskowe)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena recenzenta pracy inżynierskiej (formularz)</w:t>
+        <w:t xml:space="preserve">	ocena recenzenta pracy inżynierskiej (formularz)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U15, IM1_U16</w:t>
+        <w:t xml:space="preserve">IM1_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.3.o, III.P6S_UW.4.o, III.P6S_UW.2.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka PI_K1: </w:t>
+        <w:t xml:space="preserve">I.P6S_KK, I.P6S_KR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PI_K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">	prawidłowo uwzględnia aspekty pozatechniczne (ekonomiczne, zdrowotne, prawne, środowiskowe)</w:t>
+        <w:t xml:space="preserve">Rozumie problem procesu dezaktualizacji wiedzy i umiejętności wynikający z zachodzącego postępu cywilizacyjnego. Potrafi odpowiednio określić priorytety służące realizacji określonego przez siebie zadania. Prawidłowo identyfikuje i rozstrzyga dylematy związane z wykonywaniem zawodu. Rozumie potrzebę przekazywania społeczeństwu informacji na temat osiągnięć techniki i innych aspektów działalności inżynierskiej w sposób zrozumiały</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">	ocena recenzenta pracy inżynierskiej (formularz)</w:t>
+        <w:t xml:space="preserve">Ocena pracy inżynierskiej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_K02</w:t>
+        <w:t xml:space="preserve">IM1_K07, IM1_K01, IM1_K04, IM1_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KR, I.P6S_KK</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_KK, I.P6S_KO, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KR, I.P6S_KK, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">