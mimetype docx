--- v0 (2026-01-13)
+++ v1 (2026-01-13)
@@ -903,51 +903,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_W06, IM1_W12, IM1_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MATMOC_U1: </w:t>
       </w:r>
     </w:p>
@@ -985,51 +985,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_U08, IM1_U09, IM1_U13, IM1_U14, IM1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MATMOC_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ocenić aspekty ekologiczne zastosowania wybranych technologii obróbki cieplej lub powierzchniowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1129,51 +1129,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_U12, IM1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MATMOC_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Na podstawie posiadanej wiedzy i analizy fachowej literatury student rozwija poprzez pracę własną swoje kompetencje z zakresu tworzyw metalicznych i obróbki cieplnej. Student umie opracować i prawidłowo zinterpretować otrzymane wyniki, wyciągnąć wnioski z przeprowadzonych badań. Przy opracowaniu sprawozdań korzysta z technik informacyjno-komunikacyjnych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1183,67 +1183,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie  z tematów wykonawczych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U01, IM1_U05, IM1_U07</w:t>
+        <w:t xml:space="preserve">IM1_U05, IM1_U07, IM1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UU, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MATMOC_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ocenić zagrożenia towarzyszące realizacji konkretnych technologii obróbki cieplnej i cieplno-chemicznej i w trakcie wykonywania zadań technologicznych i badawczych w laboratorium stosuje odpowiednie zasady bezpieczeństwa i higieny pracy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>