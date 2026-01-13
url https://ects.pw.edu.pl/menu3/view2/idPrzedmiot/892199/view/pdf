--- v0 (2025-10-30)
+++ v1 (2026-01-13)
@@ -810,67 +810,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W06, IM1_W05</w:t>
+        <w:t xml:space="preserve">IM1_W05, IM1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MNM_U1: </w:t>
       </w:r>
     </w:p>
@@ -960,67 +960,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U13, IM1_U15</w:t>
+        <w:t xml:space="preserve">IM1_U15, IM1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MNM_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętność korzystania ze źródeł literaturowych. Na podstawie wiedzy uzyskanej w trakcie zajęć, a także przeprowadzonej analizy literatury fachowej student rozwija poprzez pracę własną swoje umiejętności i wiedzę z zakresu zagadnień związanych z mechanizmami niszczenia materiałów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>