--- v1 (2026-01-13)
+++ v2 (2026-01-13)
@@ -976,51 +976,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_U15, IM1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.1.o, III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MNM_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętność korzystania ze źródeł literaturowych. Na podstawie wiedzy uzyskanej w trakcie zajęć, a także przeprowadzonej analizy literatury fachowej student rozwija poprzez pracę własną swoje umiejętności i wiedzę z zakresu zagadnień związanych z mechanizmami niszczenia materiałów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>