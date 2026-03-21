--- v2 (2026-01-13)
+++ v3 (2026-03-21)
@@ -906,121 +906,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_U13, IM1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.3.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.4.o, III.P6S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MNM_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zastosować kryterium pękania K=Kc do oceny ryzyka pęknięcia dla prostych przypadków </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_U13, IM1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MNM_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętność korzystania ze źródeł literaturowych. Na podstawie wiedzy uzyskanej w trakcie zajęć, a także przeprowadzonej analizy literatury fachowej student rozwija poprzez pracę własną swoje umiejętności i wiedzę z zakresu zagadnień związanych z mechanizmami niszczenia materiałów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>