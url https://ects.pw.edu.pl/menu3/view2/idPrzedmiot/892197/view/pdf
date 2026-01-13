--- v0 (2025-11-01)
+++ v1 (2026-01-13)
@@ -1022,51 +1022,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W20, IM1_W05, IM1_W10, IM1_W11</w:t>
+        <w:t xml:space="preserve">IM1_W05, IM1_W10, IM1_W11, IM1_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1382,67 +1382,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U13, IM1_U14, IM1_U16</w:t>
+        <w:t xml:space="preserve">IM1_U16, IM1_U13, IM1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.2.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KOR_K1: </w:t>
       </w:r>
     </w:p>