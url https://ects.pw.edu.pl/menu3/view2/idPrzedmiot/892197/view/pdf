--- v1 (2026-01-13)
+++ v2 (2026-03-22)
@@ -1188,51 +1188,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.2.o, III.P6S_UW.4.o, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KOR_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie rysować linie wybrane linie na wykresie Pourbaix i interpretować wykresy dla typowych metali</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1382,67 +1382,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U16, IM1_U13, IM1_U14</w:t>
+        <w:t xml:space="preserve">IM1_U13, IM1_U14, IM1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.2.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KOR_K1: </w:t>
       </w:r>
     </w:p>