--- v0 (2025-11-02)
+++ v1 (2026-01-14)
@@ -976,51 +976,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_U13, IM1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.3.o, I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.4.o, III.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IP_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wybrać odpowiednią technologię, rodzaj warstwy powierzchniowej zabezpieczającej materiały metaliczne przed korozją, czy też poprawiającej ich właściwości mechaniczne i odporność na zużycie przez tarcie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1196,51 +1196,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KK, I.P6S_KO</w:t>
+        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IP_K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość ważności i rozumie pozatechniczne aspekty i skutki działalności technicznej na środowisko</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>