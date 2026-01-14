--- v1 (2026-01-14)
+++ v2 (2026-01-14)
@@ -896,51 +896,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_W05, IM1_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IP_U1: </w:t>
       </w:r>
     </w:p>
@@ -1196,51 +1196,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KK</w:t>
+        <w:t xml:space="preserve">I.P6S_KK, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IP_K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość ważności i rozumie pozatechniczne aspekty i skutki działalności technicznej na środowisko</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>