--- v2 (2026-01-14)
+++ v3 (2026-02-05)
@@ -826,561 +826,561 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_W10, IM1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka IP_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę z zakresu zależności między mikrostrukturą, składem fazowym, i chemicznym, stanem naprężeń własnych wytworzonych warstw powierzchniowych, a ich właściwościami użytkowymi, m.in. odpornością na zużycie przez tarcie, korozją, twardością, wytrzymałością zmęczeniową</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dwa kolokwia w trakcie semestru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_W05, IM1_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka IP_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka IP_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę z zakresu zależności między mikrostrukturą, składem fazowym, i chemicznym, stanem naprężeń własnych wytworzonych warstw powierzchniowych, a ich właściwościami użytkowymi, m.in. odpornością na zużycie przez tarcie, korozją, twardością, wytrzymałością zmęczeniową</w:t>
+        <w:t xml:space="preserve">Umie rozwiązać proste zadania inżynierskie doboru materiałów na konkretne wyroby w zależności od warunków eksploatacyjnych ich użytkowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa kolokwia w trakcie semestru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W05, IM1_W10</w:t>
+        <w:t xml:space="preserve">IM1_U13, IM1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka IP_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wybrać odpowiednią technologię, rodzaj warstwy powierzchniowej zabezpieczającej materiały metaliczne przed korozją, czy też poprawiającej ich właściwości mechaniczne i odporność na zużycie przez tarcie</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dwa kolokwia w trakcie semestru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_U13, IM1_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka IP_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przeanalizować informacje z literatury, baz danych oraz innych właściwie dobranych źródeł, także w języku angielskim lub innym języku obcym w zakresie inżynierii powierzchni</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dwa kolokwia w trakcie semestru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_U01, IM1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka IP_U1: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka IP_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie rozwiązać proste zadania inżynierskie doboru materiałów na konkretne wyroby w zależności od warunków eksploatacyjnych ich użytkowania</w:t>
+        <w:t xml:space="preserve">Rozumie potrzebę pogłębiania wiedzy z różnych dziedzin. Rozumie potrzebę uzupełniania wiedzy przez całe życie, wynikającą z zachodzącego procesu dezaktualizacji wiedzy, spowodowanym postępem technologicznym, pojawianiem się nowych odkryć. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Dwa kolokwia w trakcie semestru</w:t>
+        <w:t xml:space="preserve">Ocena zaangażowania studenta w dyskusji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U13, IM1_U14</w:t>
+        <w:t xml:space="preserve">IM1_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka IP_U2: </w:t>
+        <w:t xml:space="preserve">I.P6S_KK, I.P6S_KO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka IP_K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wybrać odpowiednią technologię, rodzaj warstwy powierzchniowej zabezpieczającej materiały metaliczne przed korozją, czy też poprawiającej ich właściwości mechaniczne i odporność na zużycie przez tarcie</w:t>
+        <w:t xml:space="preserve">Ma świadomość ważności i rozumie pozatechniczne aspekty i skutki działalności technicznej na środowisko</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Dwa kolokwia w trakcie semestru</w:t>
+        <w:t xml:space="preserve">Ocena zaangażowania studenta w dyskusji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U13, IM1_U14</w:t>
+        <w:t xml:space="preserve">IM1_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka IP_U3: </w:t>
+        <w:t xml:space="preserve">I.P6S_KK, I.P6S_KR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka IP_K3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeanalizować informacje z literatury, baz danych oraz innych właściwie dobranych źródeł, także w języku angielskim lub innym języku obcym w zakresie inżynierii powierzchni</w:t>
+        <w:t xml:space="preserve">Ma świadomość znaczenia innowacyjnych technologii w zakresie wytwarzania materiałów, jak też tworzenia materiałów o nowych właściwościach  - w budowaniu przewagi konkurencyjnej polskiej gospodarki, przedsiębiorstw, świata nauki. Rozumie potrzebę przekazywania informacji o dokonanych odkryciach, osiągniętych rezultatach społeczeństwu, światu nauki, dokonywania transferu wiedzy i technologii do przemysłu, z uwzględnieniem zasad ochrony własności intelektualnej. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Dwa kolokwia w trakcie semestru</w:t>
+        <w:t xml:space="preserve">Ocena zaangażowania studenta w dyskusji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U01, IM1_U05</w:t>
+        <w:t xml:space="preserve">IM1_K07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UU</w:t>
-[...219 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KR, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">