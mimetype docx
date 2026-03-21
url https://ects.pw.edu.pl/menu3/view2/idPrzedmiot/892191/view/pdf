--- v1 (2026-01-15)
+++ v2 (2026-03-21)
@@ -899,51 +899,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SM_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Na podstawie wiedzy uzyskanej w trakcie zajęć, a także przeprowadzonej analizy literatury fachowej  student rozwija poprzez pracę własną swoje umiejętności i wiedzę z zakresu sprężystości materiałów. Potrafi rozwiązywać proste zadania z zakresu zagadnień sprężystości materiałów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>