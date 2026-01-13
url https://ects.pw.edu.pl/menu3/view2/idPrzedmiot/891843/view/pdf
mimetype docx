--- v0 (2025-10-31)
+++ v1 (2026-01-13)
@@ -735,51 +735,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W03, K_W04, K_W05, K_W06, K_W07, K_W08, K_W09, K_W10, K_W11, K_W12, K_W13, K_W14, K_W15, K_W16</w:t>
+        <w:t xml:space="preserve">K_W08, K_W09, K_W10, K_W11, K_W12, K_W13, K_W14, K_W15, K_W16, K_W01, K_W02, K_W03, K_W04, K_W05, K_W06, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -885,51 +885,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U11 , K_U12 , K_U14 , K_U16, K_U19 , K_U20, K_U21, K_U22, K_U23, K_U24, K_U25, K_U26, K_U01, K_U03 , K_U05, K_U06, K_U07, K_U08, K_U10</w:t>
+        <w:t xml:space="preserve">K_U23, K_U24, K_U25, K_U26, K_U01, K_U03 , K_U05, K_U06, K_U07, K_U08, K_U10, K_U11 , K_U12 , K_U14 , K_U16, K_U19 , K_U20, K_U21, K_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1035,51 +1035,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K04, K_K06, K_K01, K_K02, K_K03</w:t>
+        <w:t xml:space="preserve">K_K01, K_K02, K_K03, K_K04, K_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>