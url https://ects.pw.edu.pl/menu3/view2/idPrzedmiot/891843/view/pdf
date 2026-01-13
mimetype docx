--- v1 (2026-01-13)
+++ v2 (2026-01-13)
@@ -735,51 +735,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W09, K_W10, K_W11, K_W12, K_W13, K_W14, K_W15, K_W16, K_W01, K_W02, K_W03, K_W04, K_W05, K_W06, K_W07</w:t>
+        <w:t xml:space="preserve">K_W15, K_W16, K_W01, K_W02, K_W03, K_W04, K_W05, K_W06, K_W07, K_W08, K_W09, K_W10, K_W11, K_W12, K_W13, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -885,51 +885,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U23, K_U24, K_U25, K_U26, K_U01, K_U03 , K_U05, K_U06, K_U07, K_U08, K_U10, K_U11 , K_U12 , K_U14 , K_U16, K_U19 , K_U20, K_U21, K_U22</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03 , K_U05, K_U06, K_U07, K_U08, K_U10, K_U11 , K_U12 , K_U14 , K_U16, K_U19 , K_U20, K_U21, K_U22, K_U23, K_U24, K_U25, K_U26</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -955,51 +955,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03 , K_U12 , K_U14 , K_U16, K_U19 , K_U20, K_U21, K_U22, K_U23, K_U24, K_U25, K_U26</w:t>
+        <w:t xml:space="preserve">K_U14 , K_U16, K_U19 , K_U20, K_U21, K_U22, K_U23, K_U24, K_U25, K_U26, K_U01, K_U03 , K_U12 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>