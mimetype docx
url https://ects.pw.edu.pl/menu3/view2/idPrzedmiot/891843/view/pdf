--- v2 (2026-01-13)
+++ v3 (2026-02-09)
@@ -735,51 +735,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W15, K_W16, K_W01, K_W02, K_W03, K_W04, K_W05, K_W06, K_W07, K_W08, K_W09, K_W10, K_W11, K_W12, K_W13, K_W14</w:t>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W03, K_W04, K_W05, K_W06, K_W07, K_W08, K_W09, K_W10, K_W11, K_W12, K_W13, K_W14, K_W15, K_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -815,51 +815,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03 , K_U04, K_U05</w:t>
+        <w:t xml:space="preserve">K_U03 , K_U04, K_U05, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -955,51 +955,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U14 , K_U16, K_U19 , K_U20, K_U21, K_U22, K_U23, K_U24, K_U25, K_U26, K_U01, K_U03 , K_U12 </w:t>
+        <w:t xml:space="preserve">K_U20, K_U21, K_U22, K_U23, K_U24, K_U25, K_U26, K_U01, K_U03 , K_U12 , K_U14 , K_U16, K_U19 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>