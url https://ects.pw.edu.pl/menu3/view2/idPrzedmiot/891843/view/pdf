--- v3 (2026-02-09)
+++ v4 (2026-03-22)
@@ -735,51 +735,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W03, K_W04, K_W05, K_W06, K_W07, K_W08, K_W09, K_W10, K_W11, K_W12, K_W13, K_W14, K_W15, K_W16</w:t>
+        <w:t xml:space="preserve">K_W12, K_W13, K_W14, K_W15, K_W16, K_W01, K_W02, K_W03, K_W04, K_W05, K_W06, K_W07, K_W08, K_W09, K_W10, K_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -815,51 +815,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03 , K_U04, K_U05, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03 , K_U04, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -955,51 +955,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U20, K_U21, K_U22, K_U23, K_U24, K_U25, K_U26, K_U01, K_U03 , K_U12 , K_U14 , K_U16, K_U19 </w:t>
+        <w:t xml:space="preserve">K_U01, K_U22, K_U03 , K_U23, K_U12 , K_U24, K_U25, K_U26, K_U14 , K_U16, K_U19 , K_U20, K_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>