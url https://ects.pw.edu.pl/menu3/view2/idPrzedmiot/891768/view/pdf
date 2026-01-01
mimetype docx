--- v0 (2025-11-04)
+++ v1 (2026-01-01)
@@ -758,51 +758,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">pisemne kolokwium + ocena wykonania ćwiczeń </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W10, K_W14, K_W06</w:t>
+        <w:t xml:space="preserve">K_W06, K_W08, K_W10, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -828,51 +828,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">pisemne kolokwium </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W10, K_W11, K_W14</w:t>
+        <w:t xml:space="preserve">K_W14, K_W08, K_W10, K_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>