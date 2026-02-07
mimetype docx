--- v1 (2026-01-01)
+++ v2 (2026-02-07)
@@ -828,51 +828,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">pisemne kolokwium </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W14, K_W08, K_W10, K_W11</w:t>
+        <w:t xml:space="preserve">K_W08, K_W10, K_W11, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>