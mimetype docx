--- v2 (2026-02-07)
+++ v3 (2026-03-22)
@@ -1048,51 +1048,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena wykonania ćwiczeń </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U12 , K_U15 </w:t>
+        <w:t xml:space="preserve">K_U12 , K_U15 , K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>