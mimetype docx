--- v0 (2025-11-02)
+++ v1 (2026-01-12)
@@ -969,51 +969,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U20, Tr2A_U15, Tr2A_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.4.o, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.4.o, I.P7S_UW, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>