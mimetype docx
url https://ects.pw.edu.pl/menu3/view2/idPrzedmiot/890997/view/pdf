--- v1 (2026-01-12)
+++ v2 (2026-01-12)
@@ -733,287 +733,287 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Na zaliczeniu pisemnym pytania testowe i otwarte (1/3 wszystkich pytań) dotyczące zagadnień opisanych w efekcie W01. Zaliczenie ma miejsce, gdy student udzieli minimum 50% poprawnych odpowiedzi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_W09, Tr2A_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Absolwent posiada wiedzę dotyczącą nawierzchni asfaltowych, mieszanek mineralno-asfaltowych, asfaltów drogowych i materiałów do budowy nawierzchni</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Na zaliczeniu pisemnym pytania testowe i otwarte (1/3 wszystkich pytań) dotyczące zagadnień opisanych w efekcie W02. Zaliczenie ma miejsce, gdy student udzieli minimum 50% poprawnych odpowiedzi</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W06, Tr2A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Absolwent posiada wiedzę dotyczącą nawierzchni asfaltowych, mieszanek mineralno-asfaltowych, asfaltów drogowych i materiałów do budowy nawierzchni</w:t>
+        <w:t xml:space="preserve">Absolwent posiada wiedzę dotyczącą podłoża nawierzchni, podbudowy nawierzchni, warstwy ścieralnej i wiążącej, projektowania składu MMA, recyklingu nawierzchni</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Na zaliczeniu pisemnym pytania testowe i otwarte (1/3 wszystkich pytań) dotyczące zagadnień opisanych w efekcie W02. Zaliczenie ma miejsce, gdy student udzieli minimum 50% poprawnych odpowiedzi</w:t>
+        <w:t xml:space="preserve">Na zaliczeniu pisemnym pytania testowe i otwarte (1/3 wszystkich pytań) dotyczące zagadnień opisanych w efekcie W03. Zaliczenie ma miejsce, gdy student udzieli minimum 50% poprawnych odpowiedzi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W06, Tr2A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Absolwent posiada wiedzę dotyczącą podłoża nawierzchni, podbudowy nawierzchni, warstwy ścieralnej i wiążącej, projektowania składu MMA, recyklingu nawierzchni</w:t>
+        <w:t xml:space="preserve">Absolwent posiada biegłość merytoryczną w zakresie doboru konstrukcji nawierzchni asfaltowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Na zaliczeniu pisemnym pytania testowe i otwarte (1/3 wszystkich pytań) dotyczące zagadnień opisanych w efekcie W03. Zaliczenie ma miejsce, gdy student udzieli minimum 50% poprawnych odpowiedzi</w:t>
+        <w:t xml:space="preserve">Na zaliczeniu pisemnym pytania dotyczące zagadnień opisanych w efekcie U01. Zaliczenie ma miejsce, gdy student udzieli wyczerpującej odpowiedzi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W09</w:t>
+        <w:t xml:space="preserve">Tr2A_U15, Tr2A_U18, Tr2A_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.4.o, I.P7S_UW, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.3.o, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>