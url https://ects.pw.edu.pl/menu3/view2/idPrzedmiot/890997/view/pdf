--- v2 (2026-01-12)
+++ v3 (2026-02-07)
@@ -733,51 +733,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Na zaliczeniu pisemnym pytania testowe i otwarte (1/3 wszystkich pytań) dotyczące zagadnień opisanych w efekcie W01. Zaliczenie ma miejsce, gdy student udzieli minimum 50% poprawnych odpowiedzi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W09, Tr2A_W06</w:t>
+        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>