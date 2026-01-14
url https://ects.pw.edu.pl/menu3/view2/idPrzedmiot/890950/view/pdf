--- v0 (2026-01-13)
+++ v1 (2026-01-14)
@@ -740,51 +740,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne zawierające do 20 pytań, ponad 50% poprawnych odpowiedzi to ocena pozytywna. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W04, Tr2A_W01</w:t>
+        <w:t xml:space="preserve">Tr2A_W01, Tr2A_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -976,51 +976,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U10, Tr2A_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać analizy złożonych sygnałów i systemów przetwarzania sygnałów w dziedzinie czasu i częstotliwości, stosując techniki analogowe i cyfrowe oraz odpowiednie narzędzia, w razie potrzeby modyfikując istniejące lub opracowując nowe metody analizy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>