--- v1 (2026-01-14)
+++ v2 (2026-02-08)
@@ -976,51 +976,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U10, Tr2A_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać analizy złożonych sygnałów i systemów przetwarzania sygnałów w dziedzinie czasu i częstotliwości, stosując techniki analogowe i cyfrowe oraz odpowiednie narzędzia, w razie potrzeby modyfikując istniejące lub opracowując nowe metody analizy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>