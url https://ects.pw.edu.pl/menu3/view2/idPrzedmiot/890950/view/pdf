--- v2 (2026-02-08)
+++ v3 (2026-03-23)
@@ -960,67 +960,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wyciągniętych wniosków przez zespoły laboratoryjne dla każdego z ćwiczeń. Ponad 50% poprawności wniosków to ocena pozytywna.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U10, Tr2A_U19</w:t>
+        <w:t xml:space="preserve">Tr2A_U19, Tr2A_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.4.o, I.P7S_UW, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać analizy złożonych sygnałów i systemów przetwarzania sygnałów w dziedzinie czasu i częstotliwości, stosując techniki analogowe i cyfrowe oraz odpowiednie narzędzia, w razie potrzeby modyfikując istniejące lub opracowując nowe metody analizy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>