--- v0 (2026-01-12)
+++ v1 (2026-02-05)
@@ -875,67 +875,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie projektu, indywidualne i grupowe konsultacje projektu, ustna obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W09, Tr2A_W06</w:t>
+        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>