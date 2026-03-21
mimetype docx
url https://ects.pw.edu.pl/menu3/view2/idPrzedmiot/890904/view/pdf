--- v1 (2026-02-05)
+++ v2 (2026-03-21)
@@ -1095,67 +1095,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie projektu, indywidualne i grupowe konsultacje projektu, ustna obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U10, Tr2A_U15</w:t>
+        <w:t xml:space="preserve">Tr2A_U15, Tr2A_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.3.o, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>